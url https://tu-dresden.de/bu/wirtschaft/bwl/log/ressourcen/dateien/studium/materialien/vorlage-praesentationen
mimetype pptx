--- v0 (2025-10-10)
+++ v1 (2026-02-01)
@@ -1,5633 +1,805 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="emf" ContentType="image/x-emf"/>
-[...2 lines deleted...]
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
+  <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
+  <Override PartName="/ppt/slideMasters/slideMaster2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/handoutMasters/handoutMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.handoutMaster+xml"/>
-  <Override PartName="/ppt/commentAuthors.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.commentAuthors+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout31.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout32.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout33.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout34.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout35.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout36.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout37.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout38.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout39.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout40.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout41.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout42.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/ppt/tags/tag1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
-[...7 lines deleted...]
-  <Override PartName="/ppt/charts/colors2.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
+  <Override PartName="/ppt/theme/theme4.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
-<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showSpecialPlsOnTitleSld="0" embedTrueTypeFonts="1">
+<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
-    <p:sldMasterId id="2147483891" r:id="rId1"/>
+    <p:sldMasterId id="2147483648" r:id="rId1"/>
+    <p:sldMasterId id="2147483741" r:id="rId2"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId11"/>
+    <p:notesMasterId r:id="rId9"/>
   </p:notesMasterIdLst>
   <p:handoutMasterIdLst>
-    <p:handoutMasterId r:id="rId12"/>
+    <p:handoutMasterId r:id="rId10"/>
   </p:handoutMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="256" r:id="rId2"/>
-[...7 lines deleted...]
-    <p:sldId id="282" r:id="rId10"/>
+    <p:sldId id="288" r:id="rId3"/>
+    <p:sldId id="295" r:id="rId4"/>
+    <p:sldId id="287" r:id="rId5"/>
+    <p:sldId id="258" r:id="rId6"/>
+    <p:sldId id="294" r:id="rId7"/>
+    <p:sldId id="283" r:id="rId8"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
-  <p:embeddedFontLst>
-[...14 lines deleted...]
-  </p:embeddedFontLst>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="de-DE"/>
     </a:defPPr>
-    <a:lvl1pPr marL="0" algn="l" defTabSz="822960" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1620" kern="1200">
+    <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
-    <a:lvl2pPr marL="411480" algn="l" defTabSz="822960" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1620" kern="1200">
+    <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl2pPr>
-    <a:lvl3pPr marL="822960" algn="l" defTabSz="822960" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1620" kern="1200">
+    <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl3pPr>
-    <a:lvl4pPr marL="1234440" algn="l" defTabSz="822960" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1620" kern="1200">
+    <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl4pPr>
-    <a:lvl5pPr marL="1645920" algn="l" defTabSz="822960" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1620" kern="1200">
+    <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl5pPr>
-    <a:lvl6pPr marL="2057400" algn="l" defTabSz="822960" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1620" kern="1200">
+    <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl6pPr>
-    <a:lvl7pPr marL="2468880" algn="l" defTabSz="822960" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1620" kern="1200">
+    <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl7pPr>
-    <a:lvl8pPr marL="2880360" algn="l" defTabSz="822960" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1620" kern="1200">
+    <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
-    <a:lvl9pPr marL="3291840" algn="l" defTabSz="822960" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1620" kern="1200">
+    <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{521415D9-36F7-43E2-AB2F-B90AF26B5E84}">
       <p14:sectionLst xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
-        <p14:section name="Standardabschnitt" id="{2939B5E8-EF71-43FF-B7B6-C3DB42F2B419}">
+        <p14:section name="Layoutvorgaben" id="{DD2DFCEF-2E9A-4480-B679-985C63BC599A}">
           <p14:sldIdLst>
-            <p14:sldId id="256"/>
-[...1 lines deleted...]
-            <p14:sldId id="320"/>
+            <p14:sldId id="288"/>
+            <p14:sldId id="295"/>
+            <p14:sldId id="287"/>
           </p14:sldIdLst>
         </p14:section>
-        <p14:section name="Elemente des Corporate Design" id="{9B15DDF1-0A1C-4450-A2F2-FA4F67CF33BE}">
+        <p14:section name="Hinweise" id="{6C34542D-6035-4564-8725-E21AA3002CB6}">
           <p14:sldIdLst>
-            <p14:sldId id="267"/>
-[...8 lines deleted...]
-            <p14:sldId id="282"/>
+            <p14:sldId id="258"/>
+            <p14:sldId id="294"/>
+            <p14:sldId id="283"/>
           </p14:sldIdLst>
         </p14:section>
       </p14:sectionLst>
     </p:ext>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
-      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="2160" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="A4A3A4"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="2" pos="3840">
+          <p15:clr>
+            <a:srgbClr val="A4A3A4"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:presentation>
-</file>
-[...10 lines deleted...]
-</p:cmAuthorLst>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:showPr showNarration="1">
     <p:present/>
     <p:sldAll/>
     <p:penClr>
       <a:prstClr val="red"/>
     </p:penClr>
     <p:extLst>
       <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
         <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
           <a:srgbClr val="FF0000"/>
         </p14:laserClr>
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:clrMru>
-    <a:srgbClr val="CD1719"/>
-[...2 lines deleted...]
-    <a:srgbClr val="59358C"/>
+    <a:srgbClr val="00008C"/>
+    <a:srgbClr val="2F57B2"/>
+    <a:srgbClr val="323F4B"/>
     <a:srgbClr val="FFFFFF"/>
-    <a:srgbClr val="0069B4"/>
-    <a:srgbClr val="F2F2F2"/>
     <a:srgbClr val="000000"/>
-    <a:srgbClr val="13A983"/>
-    <a:srgbClr val="009BA4"/>
+    <a:srgbClr val="00005A"/>
+    <a:srgbClr val="97C6FF"/>
+    <a:srgbClr val="C8C8FF"/>
+    <a:srgbClr val="FFB9FF"/>
+    <a:srgbClr val="FFAAA5"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
-      <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
+      <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
-      <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
+      <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
-<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
-[...2711 lines deleted...]
-</a:tblStyleLst>
+<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr horzBarState="maximized">
-    <p:restoredLeft sz="15987" autoAdjust="0"/>
-    <p:restoredTop sz="94660"/>
+    <p:restoredLeft sz="16993" autoAdjust="0"/>
+    <p:restoredTop sz="95137" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
-    <p:cSldViewPr snapToGrid="0" snapToObjects="1">
+    <p:cSldViewPr snapToGrid="0" showGuides="1">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="114" d="100"/>
-          <a:sy n="114" d="100"/>
+          <a:sx n="125" d="100"/>
+          <a:sy n="125" d="100"/>
         </p:scale>
-        <p:origin x="414" y="102"/>
+        <p:origin x="240" y="77"/>
       </p:cViewPr>
-      <p:guideLst/>
+      <p:guideLst>
+        <p:guide orient="horz" pos="2160"/>
+        <p:guide pos="3840"/>
+      </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
+  <p:outlineViewPr>
+    <p:cViewPr>
+      <p:scale>
+        <a:sx n="33" d="100"/>
+        <a:sy n="33" d="100"/>
+      </p:scale>
+      <p:origin x="0" y="-18403"/>
+    </p:cViewPr>
+  </p:outlineViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
-  <p:gridSpacing cx="36004" cy="36004"/>
+  <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.fntdata"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.fntdata"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/commentAuthors" Target="commentAuthors.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.fntdata"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.fntdata"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.fntdata"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.fntdata"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.fntdata"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.fntdata"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/></Relationships>
-[...2123 lines deleted...]
-</cs:chartStyle>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/_rels/handoutMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme4.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/handoutMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:handoutMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Kopfzeilenplatzhalter 1"/>
+          <p:cNvPr id="2" name="Kopfzeilenplatzhalter 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{084260DF-C685-4FF6-A43E-7F93FB3E641D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="hdr" sz="quarter"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr lang="de-DE"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Datumsplatzhalter 2"/>
+          <p:cNvPr id="3" name="Datumsplatzhalter 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{378901AA-A65C-4D7D-B03E-B88B42C819D5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:fld id="{C6AC6211-610F-44E5-BF19-D3CDF6EDD281}" type="datetimeFigureOut">
-[...1 lines deleted...]
-              <a:t>04.09.2023</a:t>
+            <a:fld id="{65B67984-F0B9-4D31-A8F6-8AF021B9C2EF}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>1/20/2026</a:t>
             </a:fld>
-            <a:endParaRPr lang="de-DE"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Fußzeilenplatzhalter 3"/>
+          <p:cNvPr id="4" name="Fußzeilenplatzhalter 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5D3CA3E7-8995-4D33-854F-35DAE52EA917}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr lang="de-DE"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Foliennummernplatzhalter 4"/>
+          <p:cNvPr id="5" name="Foliennummernplatzhalter 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{31351F65-D033-4BD6-A4AB-E115D806FBEF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:fld id="{2AD61AA8-FB04-42D1-9939-D1A1356F8086}" type="slidenum">
-              <a:rPr lang="de-DE" smtClean="0"/>
+            <a:fld id="{1832D436-8D5A-47CC-AED7-9827D8D395F2}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
               <a:t>‹Nr.›</a:t>
             </a:fld>
-            <a:endParaRPr lang="de-DE"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1143156049"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2972842263"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
-  <p:hf hdr="0" ftr="0" dt="0"/>
+  <p:hf hdr="0" dt="0"/>
 </p:handoutMaster>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Kopfzeilenplatzhalter 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="hdr" sz="quarter"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
-            <a:ext cx="2971800" cy="457200"/>
+            <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr lang="de-DE"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Datumsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
-            <a:ext cx="2971800" cy="457200"/>
+            <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:fld id="{347435D3-23A6-45D3-8DFA-7317DC1E7A64}" type="datetimeFigureOut">
-[...1 lines deleted...]
-              <a:t>04.09.2023</a:t>
+            <a:fld id="{885960CC-0992-4111-87D3-C02B03B2EA6C}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>1/20/2026</a:t>
             </a:fld>
-            <a:endParaRPr lang="de-DE"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Folienbildplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="381000" y="685800"/>
-            <a:ext cx="6096000" cy="3429000"/>
+            <a:off x="685800" y="1143000"/>
+            <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:solidFill>
               <a:prstClr val="black"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="de-DE"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Notizenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="685800" y="4343400"/>
-            <a:ext cx="5486400" cy="4114800"/>
+            <a:off x="685800" y="4400550"/>
+            <a:ext cx="5486400" cy="3600450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="de-DE"/>
-              <a:t>Textmasterformat bearbeiten</a:t>
+              <a:t>Mastertextformat bearbeiten</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="de-DE"/>
               <a:t>Zweite Ebene</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="de-DE"/>
               <a:t>Dritte Ebene</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="de-DE"/>
               <a:t>Vierte Ebene</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="de-DE"/>
               <a:t>Fünfte Ebene</a:t>
             </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Fußzeilenplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8685213"/>
-            <a:ext cx="2971800" cy="457200"/>
+            <a:ext cx="2971800" cy="458787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr lang="de-DE"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Foliennummernplatzhalter 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="8685213"/>
-            <a:ext cx="2971800" cy="457200"/>
+            <a:ext cx="2971800" cy="458787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:fld id="{2969AC09-DF60-43F4-96BF-67D4D9A74094}" type="slidenum">
-              <a:rPr lang="de-DE" smtClean="0"/>
+            <a:fld id="{97EEB764-55E2-4077-8C7A-EB9EFE7145E2}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
               <a:t>‹Nr.›</a:t>
             </a:fld>
-            <a:endParaRPr lang="de-DE"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3833182596"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2041633653"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
-  <p:hf hdr="0" ftr="0" dt="0"/>
+  <p:hf hdr="0" dt="0"/>
   <p:notesStyle>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl2pPr>
     <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
@@ -5680,27939 +852,17863 @@
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout32.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout33.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout34.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout35.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout36.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout37.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout38.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout39.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout40.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout41.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.png"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout42.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" preserve="1" userDrawn="1">
-  <p:cSld name="1_Titelfolie_TUD_weiß-blau">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj" preserve="1">
+  <p:cSld name="TUD Standard_20 pt ">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:pic>
-[...22 lines deleted...]
-            <a:ext cx="1468046" cy="544572"/>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D7AE24BA-B819-4480-B7C5-BEEF871BD6FB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="404813"/>
+            <a:ext cx="10972800" cy="647700"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-        </p:spPr>
-[...6 lines deleted...]
-          </p:cNvPicPr>
+          <a:solidFill>
+            <a:schemeClr val="accent2">
+              <a:lumMod val="40000"/>
+              <a:lumOff val="60000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Titel Schriftgröße 32pt</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Inhaltsplatzhalter 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{78EAB754-52DE-483E-9141-006ADE499887}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609599" y="1736725"/>
+            <a:ext cx="10972801" cy="4105275"/>
+          </a:xfrm>
+          <a:solidFill>
+            <a:schemeClr val="accent2">
+              <a:lumMod val="40000"/>
+              <a:lumOff val="60000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr/>
+            </a:lvl3pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Mastertextformat Schriftgröße 20pt</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="de-DE" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>(Kann vergrößert werden auf 24pt, Minimum Schriftgröße 16 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0" err="1"/>
+              <a:t>pt</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Die Schriftgrößen wurde in folgenden Räumen getestet</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>HSZ Audimax</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>HSZ Hörsaal 3</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>HSZ Seminarraum klein</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>In allen drei Räumen ist 20 und 24 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0" err="1"/>
+              <a:t>pt</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t> gut lesbar. Im </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0" err="1"/>
+              <a:t>Seminaraum</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t> ist 16 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0" err="1"/>
+              <a:t>pt</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t> grenzwertig klein.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Rechteck 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{86E97365-2970-48C5-8643-B05B104BD1FB}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
           <p:nvPr userDrawn="1"/>
-        </p:nvPicPr>
-[...15 lines deleted...]
-            <a:ext cx="1764000" cy="512044"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8075614" y="6057900"/>
+            <a:ext cx="3506786" cy="395288"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-        </p:spPr>
-[...25 lines deleted...]
-          </a:gradFill>
+          <a:solidFill>
+            <a:schemeClr val="accent2">
+              <a:alpha val="50000"/>
+            </a:schemeClr>
+          </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1800"/>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="BC1589"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Platz für Zweitlogos</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="BC1589"/>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="18" name="Textplatzhalter 25"/>
-[...5 lines deleted...]
-          </p:nvPr>
+          <p:cNvPr id="8" name="Rechteck 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A471FF40-B767-4E15-B8F5-6DAC252E94C7}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="882808" y="2852116"/>
-            <a:ext cx="1692959" cy="246221"/>
+            <a:off x="0" y="1052513"/>
+            <a:ext cx="12192000" cy="684212"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...413 lines deleted...]
-          </a:gradFill>
+          <a:solidFill>
+            <a:srgbClr val="FFB9FF"/>
+          </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1800"/>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="BC1589"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Schutzraum</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="BC1589"/>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="12" name="Textplatzhalter 25"/>
-[...5 lines deleted...]
-          </p:nvPr>
+          <p:cNvPr id="10" name="Rechteck 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F07D106F-3835-4287-88EB-AAAD315A8528}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="882808" y="2852116"/>
-            <a:ext cx="1802014" cy="246221"/>
+            <a:off x="0" y="5842000"/>
+            <a:ext cx="12192000" cy="215900"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
-            <a:schemeClr val="bg1">
-[...1 lines deleted...]
-            </a:schemeClr>
+            <a:srgbClr val="FFB9FF"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
         <p:txBody>
-          <a:bodyPr wrap="none" lIns="72000" tIns="0" rIns="36000" bIns="0">
-[...7 lines deleted...]
-              <a:defRPr sz="1600" b="1">
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="accent1"/>
+                  <a:srgbClr val="BC1589"/>
                 </a:solidFill>
-              </a:defRPr>
-[...7 lines deleted...]
-            </a:r>
+              </a:rPr>
+              <a:t>Schutzraum</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="BC1589"/>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...399 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1021499437"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3296325171"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:hf hdr="0"/>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="5_Titelfolie_TUD_weiß-blau">
+<file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="7_Titelfolie_Shape_fix">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="18" name="Rechteck 13">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8D22BFAA-62C6-4AF7-A140-D9E9750A54AC}"/>
+          <p:cNvPr id="7" name="Rechteck 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{76E57C58-43E6-4DA0-BC7D-0DB0606AB593}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3151994" y="2563831"/>
-            <a:ext cx="9050720" cy="4317954"/>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent5"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="de-DE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Grafik 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{94CFE8FF-710D-4BD6-BF09-5899F316B548}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Titel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1E516721-5786-4D57-87BF-FB724C98CD9E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="3716338"/>
+            <a:ext cx="10972800" cy="1908957"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="4400">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Mastertitelformat bearbeiten</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Untertitel 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{67F963C2-5833-44AC-B450-8D1C60C751CB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="2089150"/>
+            <a:ext cx="10972800" cy="1404937"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:buNone/>
+              <a:defRPr sz="2000" b="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Master-Untertitelformat bearbeiten</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Grafik 8" descr="Logo der TUD: einfarbig blau, Bildelement (punktsymetrische Anordnung zweier gleicher flächiger Winkelelemente) rechts daneben dreizeiliger Text: Technische Universität Dresden">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CB286486-4081-46A3-8FB1-838C770D442A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId5"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="404813"/>
+            <a:ext cx="1980000" cy="660000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Textplatzhalter 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDF80472-EDBA-4F61-808F-F1F3B41F7DD3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="6312025"/>
+            <a:ext cx="7833064" cy="256573"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Mastertextformat bearbeiten</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4242650311"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="1_Titelfolie mit Bild_in Shape">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Rechteck 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8DD5EDA3-D92A-4B08-8595-D60EA53E8AB5}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent6"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="de-DE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="20" name="Bildplatzhalter 19">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4455023C-E286-4137-97BF-103515D64345}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4343400" y="-2729833"/>
+            <a:ext cx="8487697" cy="8933116"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst>
-              <a:gd name="connsiteX0" fmla="*/ 0 w 5904411"/>
-[...98 lines deleted...]
-              <a:gd name="connsiteY4" fmla="*/ 381 h 3981196"/>
+              <a:gd name="connsiteX0" fmla="*/ 14132540 w 14132540"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 14874190"/>
+              <a:gd name="connsiteX1" fmla="*/ 14132540 w 14132540"/>
+              <a:gd name="connsiteY1" fmla="*/ 8549569 h 14874190"/>
+              <a:gd name="connsiteX2" fmla="*/ 7807920 w 14132540"/>
+              <a:gd name="connsiteY2" fmla="*/ 14874190 h 14874190"/>
+              <a:gd name="connsiteX3" fmla="*/ 1318488 w 14132540"/>
+              <a:gd name="connsiteY3" fmla="*/ 14874190 h 14874190"/>
+              <a:gd name="connsiteX4" fmla="*/ 0 w 14132540"/>
+              <a:gd name="connsiteY4" fmla="*/ 7437096 h 14874190"/>
+              <a:gd name="connsiteX5" fmla="*/ 6695444 w 14132540"/>
+              <a:gd name="connsiteY5" fmla="*/ 7437096 h 14874190"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="14132540" h="14874190">
+                <a:moveTo>
+                  <a:pt x="14132540" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="14132540" y="8549569"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="7807920" y="14874190"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1318488" y="14874190"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="7437096"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="6695444" y="7437096"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg2">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Bild durch Klicken auf Symbol hinzufügen</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Titel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5660C67F-FED1-4A52-8BB6-681602854CA7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="3429000"/>
+            <a:ext cx="3733800" cy="2196296"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="4400">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Mastertitelformat bearbeiten</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Untertitel 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1479E72A-70A9-4EE1-A77B-8E907C4A2D7A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="1736725"/>
+            <a:ext cx="3733800" cy="1404937"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:buNone/>
+              <a:defRPr sz="2000" b="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Master-Untertitelformat bearbeiten</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="14" name="Grafik 13" descr="Logo der TUD: einfarbig blau, Bildelement (punktsymetrische Anordnung zweier gleicher flächiger Winkelelemente) rechts daneben dreizeiliger Text: Technische Universität Dresden">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2ABD550D-91E8-47A8-B795-738A4BCA9605}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="404813"/>
+            <a:ext cx="1980000" cy="660000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Textplatzhalter 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{085D84F3-0188-409A-9BD3-30A16A8588EE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="6312025"/>
+            <a:ext cx="7833064" cy="256573"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Mastertextformat bearbeiten</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3884608336"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout12.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="2_Titelfolie_mit Bild rechts">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Rechteck 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8DD5EDA3-D92A-4B08-8595-D60EA53E8AB5}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="de-DE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Titel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5660C67F-FED1-4A52-8BB6-681602854CA7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="3429000"/>
+            <a:ext cx="3733800" cy="2196296"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="4400">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Mastertitelformat bearbeiten</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Untertitel 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1479E72A-70A9-4EE1-A77B-8E907C4A2D7A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="1736725"/>
+            <a:ext cx="3733800" cy="1404937"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:buNone/>
+              <a:defRPr sz="2000" b="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Master-Untertitelformat bearbeiten</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="14" name="Grafik 13" descr="Logo der TUD: einfarbig blau, Bildelement (punktsymetrische Anordnung zweier gleicher flächiger Winkelelemente) rechts daneben dreizeiliger Text: Technische Universität Dresden">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2ABD550D-91E8-47A8-B795-738A4BCA9605}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="404813"/>
+            <a:ext cx="1980000" cy="660000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="Bildplatzhalter 17">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BBB40F93-65D6-4149-B050-3391578239F4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4562475" y="-1"/>
+            <a:ext cx="11220449" cy="6867666"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 11204656"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 6858000"/>
+              <a:gd name="connsiteX1" fmla="*/ 11204656 w 11204656"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 6858000"/>
+              <a:gd name="connsiteX2" fmla="*/ 11204656 w 11204656"/>
+              <a:gd name="connsiteY2" fmla="*/ 6858000 h 6858000"/>
+              <a:gd name="connsiteX3" fmla="*/ 1215824 w 11204656"/>
+              <a:gd name="connsiteY3" fmla="*/ 6858000 h 6858000"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="11204656" h="6858000">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="11204656" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="11204656" y="6858000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1215824" y="6858000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg2">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Bild durch Klicken auf Symbol hinzufügen</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Textplatzhalter 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{30C08A1F-7110-46BF-80E3-5D4C85378259}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="6312025"/>
+            <a:ext cx="7833064" cy="256573"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Mastertextformat bearbeiten</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1942979787"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout13.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="3_Titelfolie_mit_Bild_rechts">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Rechteck 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8DD5EDA3-D92A-4B08-8595-D60EA53E8AB5}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-39666" y="-23814"/>
+            <a:ext cx="8836004" cy="6940970"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 12192000"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 6858000"/>
+              <a:gd name="connsiteX1" fmla="*/ 12192000 w 12192000"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 6858000"/>
+              <a:gd name="connsiteX2" fmla="*/ 12192000 w 12192000"/>
+              <a:gd name="connsiteY2" fmla="*/ 6858000 h 6858000"/>
+              <a:gd name="connsiteX3" fmla="*/ 0 w 12192000"/>
+              <a:gd name="connsiteY3" fmla="*/ 6858000 h 6858000"/>
+              <a:gd name="connsiteX4" fmla="*/ 0 w 12192000"/>
+              <a:gd name="connsiteY4" fmla="*/ 0 h 6858000"/>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 12192000"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 6858000"/>
+              <a:gd name="connsiteX1" fmla="*/ 7251700 w 12192000"/>
+              <a:gd name="connsiteY1" fmla="*/ 12700 h 6858000"/>
+              <a:gd name="connsiteX2" fmla="*/ 12192000 w 12192000"/>
+              <a:gd name="connsiteY2" fmla="*/ 6858000 h 6858000"/>
+              <a:gd name="connsiteX3" fmla="*/ 0 w 12192000"/>
+              <a:gd name="connsiteY3" fmla="*/ 6858000 h 6858000"/>
+              <a:gd name="connsiteX4" fmla="*/ 0 w 12192000"/>
+              <a:gd name="connsiteY4" fmla="*/ 0 h 6858000"/>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 7785100"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 6858000"/>
+              <a:gd name="connsiteX1" fmla="*/ 7251700 w 7785100"/>
+              <a:gd name="connsiteY1" fmla="*/ 12700 h 6858000"/>
+              <a:gd name="connsiteX2" fmla="*/ 7785100 w 7785100"/>
+              <a:gd name="connsiteY2" fmla="*/ 6832600 h 6858000"/>
+              <a:gd name="connsiteX3" fmla="*/ 0 w 7785100"/>
+              <a:gd name="connsiteY3" fmla="*/ 6858000 h 6858000"/>
+              <a:gd name="connsiteX4" fmla="*/ 0 w 7785100"/>
+              <a:gd name="connsiteY4" fmla="*/ 0 h 6858000"/>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 8682083"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 6858000"/>
+              <a:gd name="connsiteX1" fmla="*/ 8148683 w 8682083"/>
+              <a:gd name="connsiteY1" fmla="*/ 12700 h 6858000"/>
+              <a:gd name="connsiteX2" fmla="*/ 8682083 w 8682083"/>
+              <a:gd name="connsiteY2" fmla="*/ 6832600 h 6858000"/>
+              <a:gd name="connsiteX3" fmla="*/ 896983 w 8682083"/>
+              <a:gd name="connsiteY3" fmla="*/ 6858000 h 6858000"/>
+              <a:gd name="connsiteX4" fmla="*/ 0 w 8682083"/>
+              <a:gd name="connsiteY4" fmla="*/ 0 h 6858000"/>
+              <a:gd name="connsiteX0" fmla="*/ 26126 w 8708209"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 6840583"/>
+              <a:gd name="connsiteX1" fmla="*/ 8174809 w 8708209"/>
+              <a:gd name="connsiteY1" fmla="*/ 12700 h 6840583"/>
+              <a:gd name="connsiteX2" fmla="*/ 8708209 w 8708209"/>
+              <a:gd name="connsiteY2" fmla="*/ 6832600 h 6840583"/>
+              <a:gd name="connsiteX3" fmla="*/ 0 w 8708209"/>
+              <a:gd name="connsiteY3" fmla="*/ 6840583 h 6840583"/>
+              <a:gd name="connsiteX4" fmla="*/ 26126 w 8708209"/>
+              <a:gd name="connsiteY4" fmla="*/ 0 h 6840583"/>
             </a:gdLst>
             <a:ahLst/>
             <a:cxnLst>
               <a:cxn ang="0">
                 <a:pos x="connsiteX0" y="connsiteY0"/>
               </a:cxn>
               <a:cxn ang="0">
                 <a:pos x="connsiteX1" y="connsiteY1"/>
               </a:cxn>
               <a:cxn ang="0">
                 <a:pos x="connsiteX2" y="connsiteY2"/>
               </a:cxn>
               <a:cxn ang="0">
                 <a:pos x="connsiteX3" y="connsiteY3"/>
               </a:cxn>
               <a:cxn ang="0">
                 <a:pos x="connsiteX4" y="connsiteY4"/>
               </a:cxn>
             </a:cxnLst>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
-              <a:path w="8344852" h="3981196">
+              <a:path w="8708209" h="6840583">
                 <a:moveTo>
-                  <a:pt x="3984796" y="381"/>
+                  <a:pt x="26126" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
-                  <a:pt x="8344852" y="0"/>
+                  <a:pt x="8174809" y="12700"/>
                 </a:lnTo>
                 <a:lnTo>
-                  <a:pt x="8344852" y="3967748"/>
+                  <a:pt x="8708209" y="6832600"/>
                 </a:lnTo>
                 <a:lnTo>
-                  <a:pt x="0" y="3981196"/>
+                  <a:pt x="0" y="6840583"/>
                 </a:lnTo>
-                <a:lnTo>
-[...1 lines deleted...]
-                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="8709" y="4560389"/>
+                  <a:pt x="17417" y="2280194"/>
+                  <a:pt x="26126" y="0"/>
+                </a:cubicBezTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
-            <a:schemeClr val="accent5">
-[...1 lines deleted...]
-            </a:schemeClr>
+            <a:schemeClr val="tx2"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
-          <a:bodyPr wrap="none" rtlCol="0" anchor="ctr"/>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" dirty="0"/>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>   </a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="19" name="Rechteck 9">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9FD71789-74E3-45C9-B1BA-98AEA75CF44C}"/>
+          <p:cNvPr id="11" name="Titel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5660C67F-FED1-4A52-8BB6-681602854CA7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609599" y="3429000"/>
+            <a:ext cx="6530975" cy="2196296"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="4400">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Mastertitelformat bearbeiten</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Untertitel 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1479E72A-70A9-4EE1-A77B-8E907C4A2D7A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609599" y="1736725"/>
+            <a:ext cx="6315075" cy="1404937"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:buNone/>
+              <a:defRPr sz="2000" b="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Master-Untertitelformat bearbeiten</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="14" name="Grafik 13" descr="Logo der TUD: einfarbig blau, Bildelement (punktsymetrische Anordnung zweier gleicher flächiger Winkelelemente) rechts daneben dreizeiliger Text: Technische Universität Dresden">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2ABD550D-91E8-47A8-B795-738A4BCA9605}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="404813"/>
+            <a:ext cx="1980000" cy="660000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="Bildplatzhalter 17">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BBB40F93-65D6-4149-B050-3391578239F4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7254875" y="-1"/>
+            <a:ext cx="4937125" cy="6867666"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 11204656"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 6858000"/>
+              <a:gd name="connsiteX1" fmla="*/ 11204656 w 11204656"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 6858000"/>
+              <a:gd name="connsiteX2" fmla="*/ 11204656 w 11204656"/>
+              <a:gd name="connsiteY2" fmla="*/ 6858000 h 6858000"/>
+              <a:gd name="connsiteX3" fmla="*/ 1215824 w 11204656"/>
+              <a:gd name="connsiteY3" fmla="*/ 6858000 h 6858000"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="11204656" h="6858000">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="11204656" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="11204656" y="6858000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1215824" y="6858000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg2">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Bild durch Klicken auf Symbol hinzufügen</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Textplatzhalter 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{30C08A1F-7110-46BF-80E3-5D4C85378259}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="6312025"/>
+            <a:ext cx="6530975" cy="256573"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Mastertextformat bearbeiten</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1137289951"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout14.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj" preserve="1">
+  <p:cSld name="1_Inhalte">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D7AE24BA-B819-4480-B7C5-BEEF871BD6FB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="404813"/>
+            <a:ext cx="10972800" cy="647700"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Mastertitelformat bearbeiten</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Inhaltsplatzhalter 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{78EAB754-52DE-483E-9141-006ADE499887}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609599" y="1736725"/>
+            <a:ext cx="10972801" cy="4105275"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Mastertextformat bearbeiten</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Zweite Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Dritte Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Vierte Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Fünfte Ebene</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="225632932"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout15.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="2 Inhalte">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Inhaltsplatzhalter 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9C712EFA-292C-4FDE-8669-ECF55A14AFF3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="1736725"/>
+            <a:ext cx="5378450" cy="4105275"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Mastertextformat bearbeiten</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Zweite Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Dritte Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Vierte Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Fünfte Ebene</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Inhaltsplatzhalter 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C071CA00-13E3-4CD8-95FE-107C69DD6BC1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6203950" y="1736725"/>
+            <a:ext cx="5378450" cy="4105275"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Mastertextformat bearbeiten</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Zweite Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Dritte Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Vierte Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Fünfte Ebene</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Titel 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B05E3CC9-E682-422B-B7B9-2A2A3E013BFA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Mastertitelformat bearbeiten</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2751882275"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout16.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="2 Inhalte - Text + Bild">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{13009D3A-1DA9-42E3-BD19-D18DF18C7544}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="404813"/>
+            <a:ext cx="5378450" cy="647700"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Mastertitelformat bearbeiten</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Inhaltsplatzhalter 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9C712EFA-292C-4FDE-8669-ECF55A14AFF3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="1736726"/>
+            <a:ext cx="5378450" cy="3887788"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Mastertextformat bearbeiten</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Zweite Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Dritte Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Vierte Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Fünfte Ebene</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Bildplatzhalter 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C2538BF5-19DF-4B5C-80A3-4548339C13BE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6203951" y="404813"/>
+            <a:ext cx="5378450" cy="5219700"/>
+          </a:xfrm>
+          <a:solidFill>
+            <a:schemeClr val="accent2">
+              <a:lumMod val="20000"/>
+              <a:lumOff val="80000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Bild durch Klicken auf Symbol hinzufügen</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Textplatzhalter 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A0BE6F2D-5EC5-4864-A9A0-FC3ECA391A2B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="12" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6203950" y="5624513"/>
+            <a:ext cx="5378449" cy="433387"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="1200" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Noto Serif" panose="02020502060505020204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Noto Serif" panose="02020502060505020204" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Noto Serif" panose="02020502060505020204" pitchFamily="18" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Bildunterschrift und © Copyright</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2035238081"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout17.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="3 Inhalte">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{13009D3A-1DA9-42E3-BD19-D18DF18C7544}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="404813"/>
+            <a:ext cx="10972800" cy="647700"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Mastertitelformat bearbeiten</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Inhaltsplatzhalter 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9C712EFA-292C-4FDE-8669-ECF55A14AFF3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="1736725"/>
+            <a:ext cx="3506788" cy="4105275"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Mastertextformat bearbeiten</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Zweite Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Dritte Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Vierte Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Fünfte Ebene</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Inhaltsplatzhalter 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C071CA00-13E3-4CD8-95FE-107C69DD6BC1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4343399" y="1736725"/>
+            <a:ext cx="3516313" cy="4105275"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Mastertextformat bearbeiten</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Zweite Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Dritte Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Vierte Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Fünfte Ebene</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Inhaltsplatzhalter 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{42870569-2112-4A6F-963E-3D12B28F16F4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8075613" y="1736724"/>
+            <a:ext cx="3506787" cy="4105275"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Mastertextformat bearbeiten</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Zweite Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Dritte Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Vierte Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Fünfte Ebene</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3323506654"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout18.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="3 Inhalte - Text + Bild">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Inhaltsplatzhalter 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9C712EFA-292C-4FDE-8669-ECF55A14AFF3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="404814"/>
+            <a:ext cx="3506788" cy="2755076"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Mastertextformat bearbeiten</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Zweite Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Dritte Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Vierte Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Fünfte Ebene</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Bildplatzhalter 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CBECC23C-3AC7-4872-8833-394650436FF1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="3429000"/>
+            <a:ext cx="3506788" cy="2195513"/>
+          </a:xfrm>
+          <a:solidFill>
+            <a:schemeClr val="accent2">
+              <a:lumMod val="20000"/>
+              <a:lumOff val="80000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Bild durch Klicken auf Symbol hinzufügen</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Textplatzhalter 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{280716C9-98F3-44C3-A27D-E96BE6D11AE1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609601" y="5624513"/>
+            <a:ext cx="3506788" cy="433387"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="1200" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Noto Serif" panose="02020502060505020204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Noto Serif" panose="02020502060505020204" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Noto Serif" panose="02020502060505020204" pitchFamily="18" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Bildunterschrift und © Copyright</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Inhaltsplatzhalter 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C071CA00-13E3-4CD8-95FE-107C69DD6BC1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4343399" y="404814"/>
+            <a:ext cx="3516313" cy="2755076"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Mastertextformat bearbeiten</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Zweite Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Dritte Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Vierte Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Fünfte Ebene</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Bildplatzhalter 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FEFC7CA1-8B2C-4227-AB03-708CA25B752E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4343399" y="3429000"/>
+            <a:ext cx="3516313" cy="2195513"/>
+          </a:xfrm>
+          <a:solidFill>
+            <a:schemeClr val="accent2">
+              <a:lumMod val="20000"/>
+              <a:lumOff val="80000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Bild durch Klicken auf Symbol hinzufügen</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Textplatzhalter 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3CF89BD5-C523-4AD3-9AF6-B6AABF612D11}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="16" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4352925" y="5624513"/>
+            <a:ext cx="3506788" cy="433387"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="1200" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Noto Serif" panose="02020502060505020204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Noto Serif" panose="02020502060505020204" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Noto Serif" panose="02020502060505020204" pitchFamily="18" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Bildunterschrift und © Copyright</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Inhaltsplatzhalter 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{42870569-2112-4A6F-963E-3D12B28F16F4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8075613" y="404813"/>
+            <a:ext cx="3506787" cy="2755076"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Mastertextformat bearbeiten</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Zweite Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Dritte Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Vierte Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Fünfte Ebene</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Bildplatzhalter 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6FE31676-EF83-4ECE-8009-0FC4D5A71872}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8075613" y="3429000"/>
+            <a:ext cx="3506787" cy="2195513"/>
+          </a:xfrm>
+          <a:solidFill>
+            <a:schemeClr val="accent2">
+              <a:lumMod val="20000"/>
+              <a:lumOff val="80000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Bild durch Klicken auf Symbol hinzufügen</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Textplatzhalter 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A4BDBAA4-F784-4AF6-8050-D275CB31D159}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="17" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8075612" y="5624513"/>
+            <a:ext cx="3506788" cy="433387"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="1200" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Noto Serif" panose="02020502060505020204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Noto Serif" panose="02020502060505020204" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Noto Serif" panose="02020502060505020204" pitchFamily="18" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Bildunterschrift und © Copyright</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3786032451"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout19.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="4 Inhalte">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{13009D3A-1DA9-42E3-BD19-D18DF18C7544}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="404814"/>
+            <a:ext cx="10972800" cy="647700"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Mastertitelformat bearbeiten</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Inhaltsplatzhalter 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9C712EFA-292C-4FDE-8669-ECF55A14AFF3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609599" y="1736725"/>
+            <a:ext cx="2606675" cy="4105275"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Mastertextformat bearbeiten</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Zweite Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Dritte Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Vierte Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Fünfte Ebene</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Inhaltsplatzhalter 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C071CA00-13E3-4CD8-95FE-107C69DD6BC1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3395663" y="1736725"/>
+            <a:ext cx="2592387" cy="4105275"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Mastertextformat bearbeiten</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Zweite Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Dritte Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Vierte Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Fünfte Ebene</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Inhaltsplatzhalter 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{42870569-2112-4A6F-963E-3D12B28F16F4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6203950" y="1736724"/>
+            <a:ext cx="2592388" cy="4105275"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Mastertextformat bearbeiten</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Zweite Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Dritte Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Vierte Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Fünfte Ebene</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Inhaltsplatzhalter 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F6651BA5-A3F0-4102-8AB5-302B2F2EFD20}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8975725" y="1736724"/>
+            <a:ext cx="2606675" cy="4105275"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Mastertextformat bearbeiten</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Zweite Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Dritte Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Vierte Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Fünfte Ebene</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="395718270"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Titelfolie_Blau">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Rechteck 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{76E57C58-43E6-4DA0-BC7D-0DB0606AB593}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="-1" y="3692352"/>
-            <a:ext cx="9555747" cy="3185710"/>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="00008C"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="de-DE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{387645A5-8081-48C3-B5F8-643B270F4F3E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="3429000"/>
+            <a:ext cx="10972800" cy="2196296"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="4400">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Mastertitelformat bearbeiten</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Untertitel 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{47AE3C1A-CB2F-4CD1-90ED-300793FB0CA4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="1736725"/>
+            <a:ext cx="10972800" cy="1404937"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:buNone/>
+              <a:defRPr sz="2000" b="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Master-Untertitelformat bearbeiten</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Grafik 8" descr="Logo der TUD: einfarbig blau, Bildelement (punktsymetrische Anordnung zweier gleicher flächiger Winkelelemente) rechts daneben dreizeiliger Text: Technische Universität Dresden">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CB286486-4081-46A3-8FB1-838C770D442A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609601" y="404813"/>
+            <a:ext cx="1981199" cy="660400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Textplatzhalter 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD2337E2-6B3B-430B-8F0C-236691AFA7A0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="6312025"/>
+            <a:ext cx="7833064" cy="256573"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Mastertextformat bearbeiten</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3476156314"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout20.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="4 Inhalte - Text + Bild">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Inhaltsplatzhalter 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9C712EFA-292C-4FDE-8669-ECF55A14AFF3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609599" y="404813"/>
+            <a:ext cx="2606675" cy="2736850"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Mastertextformat bearbeiten</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Zweite Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Dritte Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Vierte Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Fünfte Ebene</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Bildplatzhalter 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6F1AB9C3-872C-41DD-AAFB-12824DBEE819}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="14"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609599" y="3429000"/>
+            <a:ext cx="2606675" cy="2195514"/>
+          </a:xfrm>
+          <a:solidFill>
+            <a:schemeClr val="accent2">
+              <a:lumMod val="20000"/>
+              <a:lumOff val="80000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Bild durch Klicken auf Symbol hinzufügen</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Textplatzhalter 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E9E05B2F-0577-47C9-8146-C4868416C571}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="17" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609601" y="5624513"/>
+            <a:ext cx="2606674" cy="433387"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="1200" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Noto Serif" panose="02020502060505020204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Noto Serif" panose="02020502060505020204" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Noto Serif" panose="02020502060505020204" pitchFamily="18" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Bildunterschrift und © Copyright</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Inhaltsplatzhalter 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C071CA00-13E3-4CD8-95FE-107C69DD6BC1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3395663" y="404813"/>
+            <a:ext cx="2592387" cy="2736850"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Mastertextformat bearbeiten</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Zweite Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Dritte Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Vierte Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Fünfte Ebene</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Bildplatzhalter 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9EF6DC9D-F43A-4B05-BC55-F3417C310F52}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3395663" y="3429000"/>
+            <a:ext cx="2592387" cy="2195514"/>
+          </a:xfrm>
+          <a:solidFill>
+            <a:schemeClr val="accent2">
+              <a:lumMod val="20000"/>
+              <a:lumOff val="80000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Bild durch Klicken auf Symbol hinzufügen</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Textplatzhalter 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9C69ADDD-319E-4394-8BC9-FC045CE07229}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="18" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3395663" y="5624513"/>
+            <a:ext cx="2592387" cy="433387"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="1200" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Noto Serif" panose="02020502060505020204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Noto Serif" panose="02020502060505020204" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Noto Serif" panose="02020502060505020204" pitchFamily="18" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Bildunterschrift und © Copyright</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Inhaltsplatzhalter 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{42870569-2112-4A6F-963E-3D12B28F16F4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6203950" y="404812"/>
+            <a:ext cx="2592388" cy="2736850"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Mastertextformat bearbeiten</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Zweite Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Dritte Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Vierte Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Fünfte Ebene</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Bildplatzhalter 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D28AB6FB-FFC3-4AE6-90AB-D58E7C728BAF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6203949" y="3429000"/>
+            <a:ext cx="2592388" cy="2195514"/>
+          </a:xfrm>
+          <a:solidFill>
+            <a:schemeClr val="accent2">
+              <a:lumMod val="20000"/>
+              <a:lumOff val="80000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Bild durch Klicken auf Symbol hinzufügen</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Textplatzhalter 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{744C123A-AE63-4AD9-ACB1-ADF410315051}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="19" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6203950" y="5624513"/>
+            <a:ext cx="2592388" cy="433387"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="1200" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Noto Serif" panose="02020502060505020204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Noto Serif" panose="02020502060505020204" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Noto Serif" panose="02020502060505020204" pitchFamily="18" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Bildunterschrift und © Copyright</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Inhaltsplatzhalter 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F6651BA5-A3F0-4102-8AB5-302B2F2EFD20}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8975725" y="404812"/>
+            <a:ext cx="2606675" cy="2736850"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Mastertextformat bearbeiten</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Zweite Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Dritte Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Vierte Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Fünfte Ebene</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Bildplatzhalter 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F80E9119-D6F6-4FA2-9F16-025406D0F87E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8975725" y="3429000"/>
+            <a:ext cx="2606675" cy="2195514"/>
+          </a:xfrm>
+          <a:solidFill>
+            <a:schemeClr val="accent2">
+              <a:lumMod val="20000"/>
+              <a:lumOff val="80000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Bild durch Klicken auf Symbol hinzufügen</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Textplatzhalter 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{55313796-962D-4CF1-AC12-A82B830904C1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="20" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8990012" y="5624513"/>
+            <a:ext cx="2592388" cy="433387"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="1200" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Noto Serif" panose="02020502060505020204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Noto Serif" panose="02020502060505020204" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Noto Serif" panose="02020502060505020204" pitchFamily="18" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Bildunterschrift und © Copyright</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3917666341"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout21.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
+  <p:cSld name="Nur Titel">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{227D54C4-ACE0-4B7B-B43C-B80F732EA330}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="404814"/>
+            <a:ext cx="10972800" cy="647700"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Mastertitelformat bearbeiten</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3241816553"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout22.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="blank" preserve="1">
+  <p:cSld name="Leer">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3819427117"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout23.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Bild vollflächig">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Bildplatzhalter 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{007AA28B-E0BB-4588-9126-08A9723C34F7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Bild durch Klicken auf Symbol hinzufügen</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Grafik 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{49D899A4-C882-4DED-9C15-ACC467479FE2}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="6288480"/>
+            <a:ext cx="514349" cy="164708"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Textplatzhalter 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5D0AE451-788D-480F-872A-9EB3DCE41B57}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="12" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6203950" y="6057900"/>
+            <a:ext cx="5378450" cy="441588"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="1200" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Noto Serif" panose="02020502060505020204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Noto Serif" panose="02020502060505020204" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Noto Serif" panose="02020502060505020204" pitchFamily="18" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Bildunterschrift und © Copyright</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2001053690"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout24.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Abschnittsbeginn_blau">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Rechteck 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5BE95944-ACF5-4BF5-8A9C-A6B4D5A92BFB}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="de-DE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5C91A62C-18CD-4962-933C-7CEB68A0AEF6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="3733801"/>
+            <a:ext cx="10972800" cy="914400"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3600">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Mastertitelformat </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="de-DE" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>bearbeiten</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Textplatzhalter 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDD549F4-C90A-437D-902A-3E9CE85D8A02}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="4968241"/>
+            <a:ext cx="10972800" cy="873760"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Mastertextformat bearbeiten</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2664895633"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout25.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Abschnittsbeginn_Weiß">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Rechteck 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5BE95944-ACF5-4BF5-8A9C-A6B4D5A92BFB}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="de-DE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5C91A62C-18CD-4962-933C-7CEB68A0AEF6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="3733801"/>
+            <a:ext cx="10972800" cy="914400"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3600">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Mastertitelformat </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="de-DE" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>bearbeiten</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Textplatzhalter 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDD549F4-C90A-437D-902A-3E9CE85D8A02}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="4968241"/>
+            <a:ext cx="10972800" cy="873760"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Mastertextformat bearbeiten</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2024173815"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout26.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Abschnittsbeginn_Blau mit Bild">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Bildplatzhalter 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{93CC3083-A26C-4FFF-ABB9-A52A975CA528}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5988050" y="0"/>
+            <a:ext cx="6203950" cy="6858000"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Bild durch Klicken auf Symbol hinzufügen</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Rechteck 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8DD5EDA3-D92A-4B08-8595-D60EA53E8AB5}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="7508875" cy="6858000"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst>
-              <a:gd name="connsiteX0" fmla="*/ 0 w 8810492"/>
-[...18 lines deleted...]
-              <a:gd name="connsiteY4" fmla="*/ 0 h 2937256"/>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 6924675"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 6858000"/>
+              <a:gd name="connsiteX1" fmla="*/ 6924675 w 6924675"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 6858000"/>
+              <a:gd name="connsiteX2" fmla="*/ 6924675 w 6924675"/>
+              <a:gd name="connsiteY2" fmla="*/ 6858000 h 6858000"/>
+              <a:gd name="connsiteX3" fmla="*/ 0 w 6924675"/>
+              <a:gd name="connsiteY3" fmla="*/ 6858000 h 6858000"/>
+              <a:gd name="connsiteX4" fmla="*/ 0 w 6924675"/>
+              <a:gd name="connsiteY4" fmla="*/ 0 h 6858000"/>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 6924675"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 6858000"/>
+              <a:gd name="connsiteX1" fmla="*/ 5686425 w 6924675"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 6858000"/>
+              <a:gd name="connsiteX2" fmla="*/ 6924675 w 6924675"/>
+              <a:gd name="connsiteY2" fmla="*/ 6858000 h 6858000"/>
+              <a:gd name="connsiteX3" fmla="*/ 0 w 6924675"/>
+              <a:gd name="connsiteY3" fmla="*/ 6858000 h 6858000"/>
+              <a:gd name="connsiteX4" fmla="*/ 0 w 6924675"/>
+              <a:gd name="connsiteY4" fmla="*/ 0 h 6858000"/>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 6924675"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 6858000"/>
+              <a:gd name="connsiteX1" fmla="*/ 6283325 w 6924675"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 6858000"/>
+              <a:gd name="connsiteX2" fmla="*/ 6924675 w 6924675"/>
+              <a:gd name="connsiteY2" fmla="*/ 6858000 h 6858000"/>
+              <a:gd name="connsiteX3" fmla="*/ 0 w 6924675"/>
+              <a:gd name="connsiteY3" fmla="*/ 6858000 h 6858000"/>
+              <a:gd name="connsiteX4" fmla="*/ 0 w 6924675"/>
+              <a:gd name="connsiteY4" fmla="*/ 0 h 6858000"/>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 7508875"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 6858000"/>
+              <a:gd name="connsiteX1" fmla="*/ 6283325 w 7508875"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 6858000"/>
+              <a:gd name="connsiteX2" fmla="*/ 7508875 w 7508875"/>
+              <a:gd name="connsiteY2" fmla="*/ 6858000 h 6858000"/>
+              <a:gd name="connsiteX3" fmla="*/ 0 w 7508875"/>
+              <a:gd name="connsiteY3" fmla="*/ 6858000 h 6858000"/>
+              <a:gd name="connsiteX4" fmla="*/ 0 w 7508875"/>
+              <a:gd name="connsiteY4" fmla="*/ 0 h 6858000"/>
             </a:gdLst>
             <a:ahLst/>
             <a:cxnLst>
               <a:cxn ang="0">
                 <a:pos x="connsiteX0" y="connsiteY0"/>
               </a:cxn>
               <a:cxn ang="0">
                 <a:pos x="connsiteX1" y="connsiteY1"/>
               </a:cxn>
               <a:cxn ang="0">
                 <a:pos x="connsiteX2" y="connsiteY2"/>
               </a:cxn>
               <a:cxn ang="0">
                 <a:pos x="connsiteX3" y="connsiteY3"/>
               </a:cxn>
               <a:cxn ang="0">
                 <a:pos x="connsiteX4" y="connsiteY4"/>
               </a:cxn>
             </a:cxnLst>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
-              <a:path w="8810492" h="2937256">
+              <a:path w="7508875" h="6858000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
-                  <a:pt x="5858286" y="0"/>
+                  <a:pt x="6283325" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
-                  <a:pt x="8810492" y="2937256"/>
+                  <a:pt x="7508875" y="6858000"/>
                 </a:lnTo>
                 <a:lnTo>
-                  <a:pt x="0" y="2937256"/>
+                  <a:pt x="0" y="6858000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
-            <a:schemeClr val="accent4">
-[...1 lines deleted...]
-            </a:schemeClr>
+            <a:schemeClr val="tx2"/>
           </a:solidFill>
-          <a:ln>
-[...2109 lines deleted...]
-          </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1800"/>
+            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4" name="Grafik 3" descr="Logo. Acht unregelmäßige Dreiecksflächen sind, im Uhrzeigersinn zu einem regelmäßig achteckigen Ring angeordnet. Links daneben zweizeilig der Schriftzug &quot;DRESDEN concept" title="Logo Dresden concept"/>
+          <p:cNvPr id="10" name="Grafik 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5144DEC0-CBFA-4BDA-A78C-86ED757F7276}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
-              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="10407694" y="329323"/>
-            <a:ext cx="1463906" cy="543600"/>
+            <a:off x="609600" y="6288480"/>
+            <a:ext cx="514349" cy="164708"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Titel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FA055B95-2710-46A2-8317-9CAA31D48D9C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="873124"/>
+            <a:ext cx="5378450" cy="2268539"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr tIns="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr lang="de-DE" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Mastertitelformat bearbeiten</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Textplatzhalter 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6A522852-F16F-46A0-B72D-3039550F8A39}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="3141662"/>
+            <a:ext cx="5378450" cy="2700338"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr lang="de-DE" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Mastertextformat bearbeiten</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3896708607"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout27.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Abschnittsbeginn_Weiß mit Bild">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="3" name="Grafik 2" descr="Logo. Schriftzug &quot;Technische Universität Dresden&quot;. Links davon befindet sich ein Achteck, das in zwei Bereiche aufgeteilt ist, die zusammen die Buchstaben &quot;T&quot; und &quot;U&quot; ergeben." title="Logo der TU Dresden"/>
+          <p:cNvPr id="10" name="Grafik 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5144DEC0-CBFA-4BDA-A78C-86ED757F7276}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3">
-[...2 lines deleted...]
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="290304" y="349731"/>
-            <a:ext cx="1765029" cy="514800"/>
+            <a:off x="609600" y="6288480"/>
+            <a:ext cx="514349" cy="164708"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="12" name="Textplatzhalter 25"/>
+          <p:cNvPr id="8" name="Titel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FA055B95-2710-46A2-8317-9CAA31D48D9C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" sz="quarter" idx="10" hasCustomPrompt="1"/>
+            <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="882808" y="2852116"/>
-            <a:ext cx="1692959" cy="246221"/>
+            <a:off x="609600" y="873124"/>
+            <a:ext cx="5378450" cy="863601"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...2 lines deleted...]
-          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="none" lIns="0">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr tIns="0"/>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:spcBef>
-[...2 lines deleted...]
-              <a:defRPr sz="1600" b="1">
+              <a:defRPr lang="de-DE" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="bg1">
-[...1 lines deleted...]
-                  </a:schemeClr>
+                  <a:schemeClr val="accent1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr lvl="0"/>
-[...3 lines deleted...]
-            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Mastertitelformat bearbeiten</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="14" name="Titel 1"/>
+          <p:cNvPr id="9" name="Textplatzhalter 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6A522852-F16F-46A0-B72D-3039550F8A39}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" hasCustomPrompt="1"/>
+            <p:ph type="body" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="882771" y="3835706"/>
-[...5 lines deleted...]
-          </a:ln>
+            <a:off x="609600" y="3141662"/>
+            <a:ext cx="3506788" cy="2700337"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="none" lIns="0">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr anchor="b" anchorCtr="0"/>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:defRPr sz="3200" b="1">
+              <a:defRPr lang="de-DE" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="bg1"/>
+                  <a:schemeClr val="accent1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:r>
-[...1 lines deleted...]
-              <a:t>Titelmasterformat</a:t>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Mastertextformat bearbeiten</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="15" name="Untertitel 2"/>
+          <p:cNvPr id="13" name="Bildplatzhalter 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6D9D1B83-BB64-4D87-85E3-7B792A9EDEC1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="subTitle" idx="1" hasCustomPrompt="1"/>
+            <p:ph type="pic" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="882772" y="5028236"/>
-[...2 lines deleted...]
-          <a:prstGeom prst="rect">
+            <a:off x="4343400" y="-2537398"/>
+            <a:ext cx="13780478" cy="14516845"/>
+          </a:xfrm>
+          <a:custGeom>
             <a:avLst/>
-          </a:prstGeom>
-          <a:noFill/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 6162192 w 13780478"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 14516845"/>
+              <a:gd name="connsiteX1" fmla="*/ 12500658 w 13780478"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 14516845"/>
+              <a:gd name="connsiteX2" fmla="*/ 13780478 w 13780478"/>
+              <a:gd name="connsiteY2" fmla="*/ 7258316 h 14516845"/>
+              <a:gd name="connsiteX3" fmla="*/ 7258530 w 13780478"/>
+              <a:gd name="connsiteY3" fmla="*/ 7258316 h 14516845"/>
+              <a:gd name="connsiteX4" fmla="*/ 0 w 13780478"/>
+              <a:gd name="connsiteY4" fmla="*/ 14516845 h 14516845"/>
+              <a:gd name="connsiteX5" fmla="*/ 212 w 13780478"/>
+              <a:gd name="connsiteY5" fmla="*/ 6162191 h 14516845"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="13780478" h="14516845">
+                <a:moveTo>
+                  <a:pt x="6162192" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="12500658" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="13780478" y="7258316"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="7258530" y="7258316"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="14516845"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="212" y="6162191"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg2">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="none" lIns="0">
-            <a:spAutoFit/>
+          <a:bodyPr wrap="square">
+            <a:noAutofit/>
           </a:bodyPr>
-          <a:lstStyle>
-[...257 lines deleted...]
-            </a:r>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Bild durch Klicken auf Symbol hinzufügen</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1396564381"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3259508411"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:hf hdr="0"/>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout20.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout28.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
-  <p:cSld name="5_2 Titel und 2 Inhalte">
+  <p:cSld name="Abschnittsbeginn_Farbe mit Bild">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="Titel 1"/>
-[...3 lines deleted...]
-          <p:nvPr/>
+          <p:cNvPr id="7" name="Rechteck 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8DD5EDA3-D92A-4B08-8595-D60EA53E8AB5}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6267450" y="368305"/>
-[...253 lines deleted...]
-            <a:ext cx="1566000" cy="1566000"/>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
-            <a:schemeClr val="bg1">
-[...1 lines deleted...]
-            </a:schemeClr>
+            <a:schemeClr val="accent6"/>
           </a:solidFill>
-        </p:spPr>
-[...1483 lines deleted...]
-          </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1800"/>
+            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Titel 1"/>
+          <p:cNvPr id="8" name="Titel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FA055B95-2710-46A2-8317-9CAA31D48D9C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" hasCustomPrompt="1"/>
+            <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="882771" y="3835706"/>
-[...5 lines deleted...]
-          </a:ln>
+            <a:off x="609600" y="873124"/>
+            <a:ext cx="3506788" cy="1382897"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="none" lIns="0">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr tIns="0"/>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:defRPr sz="3200" b="1">
+              <a:defRPr lang="de-DE" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="bg1"/>
+                  <a:schemeClr val="accent1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0"/>
-[...1 lines deleted...]
-            </a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Mastertitelformat bearbeiten</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Textplatzhalter 5">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AB2194A4-CBE4-4A84-B1E9-D417CDD94A30}"/>
+          <p:cNvPr id="9" name="Textplatzhalter 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6A522852-F16F-46A0-B72D-3039550F8A39}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" sz="quarter" idx="12" hasCustomPrompt="1"/>
+            <p:ph type="body" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="882770" y="4375609"/>
-            <a:ext cx="4694293" cy="492443"/>
+            <a:off x="609599" y="2461846"/>
+            <a:ext cx="3506789" cy="1254492"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="none" lIns="0">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr anchor="t" anchorCtr="0"/>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:defRPr sz="3200" b="0">
+              <a:defRPr lang="de-DE" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="bg1"/>
+                  <a:schemeClr val="accent1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl3pPr marL="72000" indent="0">
-[...6 lines deleted...]
-            </a:lvl4pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0"/>
-[...1 lines deleted...]
-            </a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Mastertextformat bearbeiten</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="23" name="Bildplatzhalter 22">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{26D725AF-5383-4E5D-A2D3-3FABBEC0B676}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-1768456" y="-9550923"/>
+            <a:ext cx="13977778" cy="25385171"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 6127784 w 13977778"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 25385171"/>
+              <a:gd name="connsiteX1" fmla="*/ 13977778 w 13977778"/>
+              <a:gd name="connsiteY1" fmla="*/ 7849993 h 25385171"/>
+              <a:gd name="connsiteX2" fmla="*/ 13977778 w 13977778"/>
+              <a:gd name="connsiteY2" fmla="*/ 19429729 h 25385171"/>
+              <a:gd name="connsiteX3" fmla="*/ 8022336 w 13977778"/>
+              <a:gd name="connsiteY3" fmla="*/ 25385171 h 25385171"/>
+              <a:gd name="connsiteX4" fmla="*/ 0 w 13977778"/>
+              <a:gd name="connsiteY4" fmla="*/ 19767992 h 25385171"/>
+              <a:gd name="connsiteX5" fmla="*/ 6127960 w 13977778"/>
+              <a:gd name="connsiteY5" fmla="*/ 13640034 h 25385171"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="13977778" h="25385171">
+                <a:moveTo>
+                  <a:pt x="6127784" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="13977778" y="7849993"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="13977778" y="19429729"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="8022336" y="25385171"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="19767992"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="6127960" y="13640034"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg2">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Bild durch Klicken auf Symbol hinzufügen</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1247067885"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1269075346"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout28.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout29.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
-  <p:cSld name="1_Benutzerdefiniertes Layout">
+  <p:cSld name="1_Zitat_Weiß">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Rechteck 2"/>
+          <p:cNvPr id="7" name="Textplatzhalter 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2664A485-C158-4BFC-B46D-7201DF28B918}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="13" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="873125"/>
+            <a:ext cx="10972800" cy="4173438"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr lang="de-DE" sz="3600" b="0" i="1" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Noto Serif Light" panose="02020502060505020204" pitchFamily="18"/>
+                <a:ea typeface="Noto Serif Light" panose="02020502060505020204" pitchFamily="18"/>
+                <a:cs typeface="Noto Serif Light" panose="02020502060505020204" pitchFamily="18"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Zitat</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Textplatzhalter 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{26026BCD-A072-422C-AB4B-2FA548C4F719}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="12" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="5354320"/>
+            <a:ext cx="10972800" cy="487680"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="1400" i="0">
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Noto Serif" panose="02020502060505020204" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Noto Serif" panose="02020502060505020204" pitchFamily="18" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Wer wird zitiert, Quelle</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1476116131"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Titelfolie_weiß">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Rechteck 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{76E57C58-43E6-4DA0-BC7D-0DB0606AB593}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr/>
-          <p:nvPr/>
+          <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="2"/>
-            <a:ext cx="12192000" cy="6129336"/>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:gradFill>
-[...12 lines deleted...]
-          </a:ln>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1800"/>
+            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Titel 1"/>
+          <p:cNvPr id="12" name="Titel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B33AC041-1A6E-42F5-81A2-02C98A0F27CA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" hasCustomPrompt="1"/>
+            <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="882771" y="3835706"/>
-[...9 lines deleted...]
-          </a:ln>
+            <a:off x="609600" y="3429000"/>
+            <a:ext cx="10972800" cy="2196296"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="none" lIns="72000" tIns="0" rIns="36000" bIns="0">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr anchor="t"/>
           <a:lstStyle>
-            <a:lvl1pPr>
-              <a:defRPr sz="3200" b="1">
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="4400">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0"/>
-[...1 lines deleted...]
-            </a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Mastertitelformat bearbeiten</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="Textplatzhalter 5">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AB2194A4-CBE4-4A84-B1E9-D417CDD94A30}"/>
+          <p:cNvPr id="13" name="Untertitel 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA15133A-699F-4D35-8F40-4E67A2D2CBDC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" sz="quarter" idx="12" hasCustomPrompt="1"/>
+            <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="882770" y="4375609"/>
-[...9 lines deleted...]
-          </a:solidFill>
+            <a:off x="609600" y="1736725"/>
+            <a:ext cx="10972800" cy="1404937"/>
+          </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="none" lIns="72000" tIns="0" rIns="36000" bIns="0">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr anchor="b"/>
           <a:lstStyle>
-            <a:lvl1pPr>
-              <a:defRPr sz="3200" b="0">
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:buNone/>
+              <a:defRPr sz="2000" b="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl3pPr marL="72000" indent="0">
+            <a:lvl2pPr marL="457200" indent="0" algn="ctr">
               <a:buNone/>
-              <a:defRPr/>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1800"/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="180000" indent="0">
+            <a:lvl4pPr marL="1371600" indent="0" algn="ctr">
               <a:buNone/>
-              <a:defRPr/>
+              <a:defRPr sz="1600"/>
             </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Master-Untertitelformat bearbeiten</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Grafik 8" descr="Logo der TUD: einfarbig blau, Bildelement (punktsymetrische Anordnung zweier gleicher flächiger Winkelelemente) rechts daneben dreizeiliger Text: Technische Universität Dresden">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CB286486-4081-46A3-8FB1-838C770D442A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="404811"/>
+            <a:ext cx="1980000" cy="660000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Textplatzhalter 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8BF6A3ED-341B-442E-8210-E4319907CA7E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="6312025"/>
+            <a:ext cx="7833064" cy="256573"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:srgbClr val="00008C"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>durch Kicken bearbeiten</a:t>
+              <a:rPr lang="de-DE"/>
+              <a:t>Mastertextformat bearbeiten</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="305935932"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1829693244"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout29.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout30.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
-  <p:cSld name="2_Benutzerdefiniertes Layout">
+  <p:cSld name="1_Zitat_Farbe">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Rechteck 2"/>
+          <p:cNvPr id="7" name="Rechteck 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D79737FE-1C79-470F-BA5B-0406C5992B83}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr/>
-          <p:nvPr/>
+          <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="2"/>
-            <a:ext cx="12192000" cy="6129336"/>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:gradFill>
-[...12 lines deleted...]
-          </a:ln>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1800"/>
+            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Titel 1"/>
+          <p:cNvPr id="4" name="Textplatzhalter 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A7061B13-C907-4A87-B55A-8284A73D5D92}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" hasCustomPrompt="1"/>
+            <p:ph type="body" sz="quarter" idx="13" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="882771" y="3835706"/>
-[...5 lines deleted...]
-          </a:ln>
+            <a:off x="609600" y="873125"/>
+            <a:ext cx="10972800" cy="4173438"/>
+          </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="none" lIns="0">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:defRPr sz="3200" b="1">
+              <a:defRPr lang="de-DE" sz="3200" i="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
+                <a:latin typeface="Noto Serif Light" panose="02020502060505020204" pitchFamily="18"/>
+                <a:ea typeface="Noto Serif Light" panose="02020502060505020204" pitchFamily="18"/>
+                <a:cs typeface="Noto Serif Light" panose="02020502060505020204" pitchFamily="18"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
+            <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>Titelmasterformat</a:t>
+              <a:t>Zitat</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Textplatzhalter 5">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AB2194A4-CBE4-4A84-B1E9-D417CDD94A30}"/>
+          <p:cNvPr id="6" name="Textplatzhalter 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{26026BCD-A072-422C-AB4B-2FA548C4F719}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="12" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="882770" y="4375609"/>
-[...5 lines deleted...]
-          <a:noFill/>
+            <a:off x="609600" y="5354320"/>
+            <a:ext cx="10972800" cy="487680"/>
+          </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="none" lIns="0">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr anchor="b" anchorCtr="0"/>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:defRPr sz="3200" b="0">
+              <a:defRPr lang="en-US" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl3pPr marL="72000" indent="0">
-[...6 lines deleted...]
-            </a:lvl4pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>durch Kicken bearbeiten</a:t>
-            </a:r>
+              <a:t>Wer wird zitiert, Quelle</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Grafik 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EA048EAF-9787-48D5-83DB-543645FD8435}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="6288480"/>
+            <a:ext cx="514349" cy="164708"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1742841881"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="308365566"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="1_Titelfolie_TUD_blauverlauf">
+<file path=ppt/slideLayouts/slideLayout31.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="2_Zitat_Farbe + Bild">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="13" name="Rechteck 12"/>
+          <p:cNvPr id="7" name="Rechteck 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9E4E10E8-4BB9-460B-9BDB-62195F7C8E15}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr/>
-          <p:nvPr/>
+          <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
-            <a:ext cx="12192000" cy="6858001"/>
+            <a:ext cx="12192000" cy="6858000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:gradFill>
-[...12 lines deleted...]
-          </a:ln>
+          <a:solidFill>
+            <a:schemeClr val="accent6"/>
+          </a:solidFill>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1800"/>
+            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="12" name="Textplatzhalter 25"/>
+          <p:cNvPr id="10" name="Textplatzhalter 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0C75E21A-6BBF-4B32-A70F-301838EEE218}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" sz="quarter" idx="10" hasCustomPrompt="1"/>
+            <p:ph type="body" sz="quarter" idx="13" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="882808" y="2852116"/>
-[...8 lines deleted...]
-          </a:ln>
+            <a:off x="609600" y="873125"/>
+            <a:ext cx="5378450" cy="4173438"/>
+          </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="none" lIns="0">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:spcBef>
-[...2 lines deleted...]
-              <a:defRPr sz="1600" b="1">
+              <a:defRPr lang="de-DE" sz="3600" b="0" i="1" kern="1200" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="bg1">
-[...1 lines deleted...]
-                  </a:schemeClr>
+                  <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="Noto Serif Light" panose="02020502060505020204" pitchFamily="18"/>
+                <a:ea typeface="Noto Serif Light" panose="02020502060505020204" pitchFamily="18"/>
+                <a:cs typeface="Noto Serif Light" panose="02020502060505020204" pitchFamily="18"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>Vorname, Name</a:t>
+              <a:t>Zitat</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="14" name="Titel 1"/>
-[...223 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AB2194A4-CBE4-4A84-B1E9-D417CDD94A30}"/>
+          <p:cNvPr id="6" name="Textplatzhalter 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{26026BCD-A072-422C-AB4B-2FA548C4F719}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="12" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="882770" y="4375609"/>
-[...5 lines deleted...]
-          <a:noFill/>
+            <a:off x="609600" y="5624512"/>
+            <a:ext cx="5378450" cy="433387"/>
+          </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="none" lIns="0">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr anchor="b" anchorCtr="0"/>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:defRPr sz="3200" b="0">
-[...60 lines deleted...]
-                </a:solidFill>
+              <a:defRPr sz="1400" i="0">
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Noto Serif" panose="02020502060505020204" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Noto Serif" panose="02020502060505020204" pitchFamily="18" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>Ort oder Anlass des Vortrags // 18. Februar 2022</a:t>
-            </a:r>
+              <a:t>Wer wird zitiert, Quelle</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="19" name="Grafik 18" descr="Logo. Acht unregelmäßige Dreiecksflächen sind, im Uhrzeigersinn zu einem regelmäßig achteckigen Ring angeordnet. Links daneben zweizeilig der Schriftzug &quot;DRESDEN concept" title="Logo Dresden concept"/>
+          <p:cNvPr id="8" name="Grafik 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{85A73340-69A4-498B-8B80-80BE3D077286}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
-              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="10407694" y="329323"/>
-            <a:ext cx="1463906" cy="543600"/>
+            <a:off x="609600" y="6288480"/>
+            <a:ext cx="514349" cy="164708"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:pic>
-[...24 lines deleted...]
-          <a:prstGeom prst="rect">
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Bildplatzhalter 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2EB2E58B-9728-4374-A113-BCFD69F6357A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1515598" y="-4693921"/>
+            <a:ext cx="10770898" cy="19561127"/>
+          </a:xfrm>
+          <a:custGeom>
             <a:avLst/>
-          </a:prstGeom>
-[...1 lines deleted...]
-      </p:pic>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 6127784 w 13977778"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 25385171"/>
+              <a:gd name="connsiteX1" fmla="*/ 13977778 w 13977778"/>
+              <a:gd name="connsiteY1" fmla="*/ 7849993 h 25385171"/>
+              <a:gd name="connsiteX2" fmla="*/ 13977778 w 13977778"/>
+              <a:gd name="connsiteY2" fmla="*/ 19429729 h 25385171"/>
+              <a:gd name="connsiteX3" fmla="*/ 8022336 w 13977778"/>
+              <a:gd name="connsiteY3" fmla="*/ 25385171 h 25385171"/>
+              <a:gd name="connsiteX4" fmla="*/ 0 w 13977778"/>
+              <a:gd name="connsiteY4" fmla="*/ 19767992 h 25385171"/>
+              <a:gd name="connsiteX5" fmla="*/ 6127960 w 13977778"/>
+              <a:gd name="connsiteY5" fmla="*/ 13640034 h 25385171"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="13977778" h="25385171">
+                <a:moveTo>
+                  <a:pt x="6127784" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="13977778" y="7849993"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="13977778" y="19429729"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="8022336" y="25385171"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="19767992"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="6127960" y="13640034"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg2">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Bild durch Klicken auf Symbol hinzufügen</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="523281077"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2807530712"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:hf hdr="0"/>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout30.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout32.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
-  <p:cSld name="3_Benutzerdefiniertes Layout">
+  <p:cSld name="Zwischenseite_variabel_1">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Bildplatzhalter 3"/>
-[...5 lines deleted...]
-          </p:nvPr>
+          <p:cNvPr id="4" name="Rechteck 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5BE95944-ACF5-4BF5-8A9C-A6B4D5A92BFB}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
-            <a:ext cx="12192000" cy="6129338"/>
-[...82 lines deleted...]
-            <a:ext cx="4803348" cy="492443"/>
+            <a:ext cx="12192000" cy="6858000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
-            <a:schemeClr val="bg1">
-[...1 lines deleted...]
-            </a:schemeClr>
+            <a:schemeClr val="accent1"/>
           </a:solidFill>
-        </p:spPr>
-[...2155 lines deleted...]
-          </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1800"/>
-[...392 lines deleted...]
-            </a:r>
+            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="11" name="Grafik 10"/>
-[...29 lines deleted...]
-          <p:cNvPr id="19" name="Grafik 18"/>
+          <p:cNvPr id="5" name="Grafik 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA03FB50-6373-4EEB-AE2A-E41E5293A9C7}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3" cstate="print">
-[...2 lines deleted...]
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="290304" y="349751"/>
-            <a:ext cx="1764000" cy="512044"/>
+            <a:off x="0" y="-7056120"/>
+            <a:ext cx="23070503" cy="23070503"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5C91A62C-18CD-4962-933C-7CEB68A0AEF6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609601" y="2997200"/>
+            <a:ext cx="10972800" cy="719138"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr tIns="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3600">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Mastertitelformat bearbeiten</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Textplatzhalter 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDD549F4-C90A-437D-902A-3E9CE85D8A02}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609601" y="4297679"/>
+            <a:ext cx="10972800" cy="1544321"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Mastertextformat bearbeiten</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="298400520"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2679017694"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:hf hdr="0"/>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="3_Titelfolie_TUD_weiß-blau">
+<file path=ppt/slideLayouts/slideLayout33.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Zwischenseite_variabel_2">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="13" name="Rechteck 12"/>
+          <p:cNvPr id="4" name="Rechteck 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5BE95944-ACF5-4BF5-8A9C-A6B4D5A92BFB}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr/>
-          <p:nvPr/>
+          <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="1204912"/>
-            <a:ext cx="12192000" cy="5653089"/>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:gradFill>
-[...12 lines deleted...]
-          </a:ln>
+          <a:solidFill>
+            <a:schemeClr val="accent2"/>
+          </a:solidFill>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1800"/>
+            <a:endParaRPr lang="de-DE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Grafik 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA03FB50-6373-4EEB-AE2A-E41E5293A9C7}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-1158240" y="-6925627"/>
+            <a:ext cx="14660880" cy="14660880"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Grafik 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0D88D79D-95E0-48C6-B019-1226D5FFE88C}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId5"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="6288480"/>
+            <a:ext cx="514349" cy="164708"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Titel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1F6757A7-BF21-40B3-87C7-F536EB125A35}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="1052513"/>
+            <a:ext cx="10972800" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3600">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Mastertitelformat bearbeiten</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="12" name="Textplatzhalter 25"/>
+          <p:cNvPr id="8" name="Textplatzhalter 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8A27A73C-FDCC-408D-8A9B-5EBAC19162EE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" sz="quarter" idx="10" hasCustomPrompt="1"/>
+            <p:ph type="body" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="882808" y="2852116"/>
-            <a:ext cx="1802014" cy="246221"/>
+            <a:off x="609600" y="2286952"/>
+            <a:ext cx="10972800" cy="1142048"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:solidFill>
-[...6 lines deleted...]
-          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="none" lIns="72000" tIns="0" rIns="36000" bIns="0">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:spcBef>
-[...2 lines deleted...]
-              <a:defRPr sz="1600" b="1">
+              <a:defRPr sz="2000">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>Vorname, Name</a:t>
+              <a:t>Mastertextformat bearbeiten</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1049373250"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout34.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Zwischenseite_variabel_3">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Rechteck 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5BE95944-ACF5-4BF5-8A9C-A6B4D5A92BFB}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="7369BE"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="de-DE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="5" name="Grafik 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ACAEB40F-408E-4739-B8F1-87C3D3468D06}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm rot="5400000">
+            <a:off x="-5498743" y="-5465484"/>
+            <a:ext cx="17788812" cy="17788968"/>
+            <a:chOff x="-14264640" y="-3715061"/>
+            <a:chExt cx="22488583" cy="22488781"/>
+          </a:xfrm>
+          <a:solidFill>
+            <a:schemeClr val="accent2"/>
+          </a:solidFill>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="6" name="Freihandform: Form 5">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A195269A-E3C2-4E88-93E3-F49E631252D9}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="-7293192" y="-3715061"/>
+              <a:ext cx="15517136" cy="14730115"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst>
+                <a:gd name="connsiteX0" fmla="*/ 15517137 w 15517136"/>
+                <a:gd name="connsiteY0" fmla="*/ 13362007 h 14730115"/>
+                <a:gd name="connsiteX1" fmla="*/ 7758668 w 15517136"/>
+                <a:gd name="connsiteY1" fmla="*/ 14730115 h 14730115"/>
+                <a:gd name="connsiteX2" fmla="*/ 7758668 w 15517136"/>
+                <a:gd name="connsiteY2" fmla="*/ 7758667 h 14730115"/>
+                <a:gd name="connsiteX3" fmla="*/ 0 w 15517136"/>
+                <a:gd name="connsiteY3" fmla="*/ 0 h 14730115"/>
+                <a:gd name="connsiteX4" fmla="*/ 8930316 w 15517136"/>
+                <a:gd name="connsiteY4" fmla="*/ 198 h 14730115"/>
+                <a:gd name="connsiteX5" fmla="*/ 15517137 w 15517136"/>
+                <a:gd name="connsiteY5" fmla="*/ 6586821 h 14730115"/>
+                <a:gd name="connsiteX6" fmla="*/ 15517137 w 15517136"/>
+                <a:gd name="connsiteY6" fmla="*/ 13362007 h 14730115"/>
+              </a:gdLst>
+              <a:ahLst/>
+              <a:cxnLst>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX0" y="connsiteY0"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX1" y="connsiteY1"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX2" y="connsiteY2"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX3" y="connsiteY3"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX4" y="connsiteY4"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX5" y="connsiteY5"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX6" y="connsiteY6"/>
+                </a:cxn>
+              </a:cxnLst>
+              <a:rect l="l" t="t" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="15517136" h="14730115">
+                  <a:moveTo>
+                    <a:pt x="15517137" y="13362007"/>
+                  </a:moveTo>
+                  <a:lnTo>
+                    <a:pt x="7758668" y="14730115"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="7758668" y="7758667"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="0"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="8930316" y="198"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="15517137" y="6586821"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="15517137" y="13362007"/>
+                  </a:lnTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:grpFill/>
+            <a:ln w="19744" cap="flat">
+              <a:noFill/>
+              <a:prstDash val="solid"/>
+              <a:miter/>
+            </a:ln>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="7" name="Freihandform: Form 6">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1539E4E4-5E00-4985-8757-11EFDE979DB4}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="-14264640" y="4043604"/>
+              <a:ext cx="15517334" cy="14730114"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst>
+                <a:gd name="connsiteX0" fmla="*/ 0 w 15517334"/>
+                <a:gd name="connsiteY0" fmla="*/ 1368109 h 14730114"/>
+                <a:gd name="connsiteX1" fmla="*/ 7758470 w 15517334"/>
+                <a:gd name="connsiteY1" fmla="*/ 0 h 14730114"/>
+                <a:gd name="connsiteX2" fmla="*/ 7758470 w 15517334"/>
+                <a:gd name="connsiteY2" fmla="*/ 6971449 h 14730114"/>
+                <a:gd name="connsiteX3" fmla="*/ 15517335 w 15517334"/>
+                <a:gd name="connsiteY3" fmla="*/ 14730115 h 14730114"/>
+                <a:gd name="connsiteX4" fmla="*/ 6586822 w 15517334"/>
+                <a:gd name="connsiteY4" fmla="*/ 14730115 h 14730114"/>
+                <a:gd name="connsiteX5" fmla="*/ 0 w 15517334"/>
+                <a:gd name="connsiteY5" fmla="*/ 8143294 h 14730114"/>
+                <a:gd name="connsiteX6" fmla="*/ 0 w 15517334"/>
+                <a:gd name="connsiteY6" fmla="*/ 1368109 h 14730114"/>
+              </a:gdLst>
+              <a:ahLst/>
+              <a:cxnLst>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX0" y="connsiteY0"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX1" y="connsiteY1"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX2" y="connsiteY2"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX3" y="connsiteY3"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX4" y="connsiteY4"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX5" y="connsiteY5"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX6" y="connsiteY6"/>
+                </a:cxn>
+              </a:cxnLst>
+              <a:rect l="l" t="t" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="15517334" h="14730114">
+                  <a:moveTo>
+                    <a:pt x="0" y="1368109"/>
+                  </a:moveTo>
+                  <a:lnTo>
+                    <a:pt x="7758470" y="0"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="7758470" y="6971449"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="15517335" y="14730115"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="6586822" y="14730115"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="8143294"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="1368109"/>
+                  </a:lnTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:grpFill/>
+            <a:ln w="19744" cap="flat">
+              <a:noFill/>
+              <a:prstDash val="solid"/>
+              <a:miter/>
+            </a:ln>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5C91A62C-18CD-4962-933C-7CEB68A0AEF6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1">
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609599" y="1052513"/>
+            <a:ext cx="7250113" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3600">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Mastertitelformat bearbeiten</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="14" name="Titel 1"/>
+          <p:cNvPr id="9" name="Textplatzhalter 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDD549F4-C90A-437D-902A-3E9CE85D8A02}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1">
+            <p:ph type="body" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609599" y="2286952"/>
+            <a:ext cx="7250113" cy="1142048"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Mastertextformat bearbeiten</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2096512109"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout35.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Zwischenseite_variabel_4">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Rechteck 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5BE95944-ACF5-4BF5-8A9C-A6B4D5A92BFB}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent5"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="de-DE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Grafik 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8B1607CC-7926-42F8-A9D4-9EB30CCC421D}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-14874240" y="-12475330"/>
+            <a:ext cx="44978353" cy="31808659"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5C91A62C-18CD-4962-933C-7CEB68A0AEF6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1">
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="1052513"/>
+            <a:ext cx="4441826" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3600">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Mastertitelformat bearbeiten</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Textplatzhalter 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDD549F4-C90A-437D-902A-3E9CE85D8A02}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1">
+            <p:ph type="body" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="2286952"/>
+            <a:ext cx="4441826" cy="1142048"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Mastertextformat bearbeiten</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Grafik 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DD72FC72-0865-4AAF-8322-C3045B84570C}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId5"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="6288480"/>
+            <a:ext cx="514349" cy="164708"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1285003957"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout36.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Zwischenseite_variabel_5">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Rechteck 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5BE95944-ACF5-4BF5-8A9C-A6B4D5A92BFB}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="C8C8FF"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="de-DE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Grafik 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A26BB01A-29ED-4144-A31A-DD51B560616F}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-13445953" y="-7589795"/>
+            <a:ext cx="39323474" cy="23368550"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5C91A62C-18CD-4962-933C-7CEB68A0AEF6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="882771" y="3835706"/>
-[...9 lines deleted...]
-          </a:ln>
+            <a:off x="609600" y="1052513"/>
+            <a:ext cx="5334000" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="none" lIns="72000" tIns="0" rIns="36000" bIns="0">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:defRPr sz="3200" b="1">
+              <a:defRPr sz="3600">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Mastertitelformat </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="de-DE" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>bearbeiten</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Textplatzhalter 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDD549F4-C90A-437D-902A-3E9CE85D8A02}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="2286952"/>
+            <a:ext cx="5334000" cy="1089659"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Mastertextformat bearbeiten</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Grafik 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C077647-9C5F-4C27-93BC-289003A545FF}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId5"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="6288480"/>
+            <a:ext cx="514349" cy="164708"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3144564271"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout37.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Zwischenseite_variabel_6">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Rechteck 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5BE95944-ACF5-4BF5-8A9C-A6B4D5A92BFB}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFAAA5"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="de-DE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Grafik 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4A585B0F-EAE3-4972-B2DD-61B691A3719E}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-13568399" y="-22289839"/>
+            <a:ext cx="37239647" cy="53967254"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Titel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{53F19BAF-18FD-44C8-85CA-F8853215C1CE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="1052513"/>
+            <a:ext cx="10972800" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3600">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Mastertitelformat bearbeiten</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Textplatzhalter 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7CA3D32E-E2F8-4C0E-AF41-451C8329671D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="2286952"/>
+            <a:ext cx="10972800" cy="1142048"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="2000">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
+            <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>Titelmasterformat</a:t>
-[...295 lines deleted...]
-              <a:t>Ort oder Anlass des Vortrags // 18. Februar 2022</a:t>
+              <a:t>Mastertextformat bearbeiten</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="11" name="Grafik 10"/>
-[...29 lines deleted...]
-          <p:cNvPr id="19" name="Grafik 18"/>
+          <p:cNvPr id="13" name="Grafik 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA0901FF-14F3-43C6-9205-4A412557C2A6}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3" cstate="print">
-[...2 lines deleted...]
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+          <a:blip r:embed="rId4">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId5"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="290304" y="349751"/>
-            <a:ext cx="1764000" cy="512044"/>
+            <a:off x="609600" y="6288480"/>
+            <a:ext cx="514349" cy="164708"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="723369740"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2042829486"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:hf hdr="0"/>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout38.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Zwischenseite_variabel_7">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Rechteck 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5BE95944-ACF5-4BF5-8A9C-A6B4D5A92BFB}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="de-DE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Grafik 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9FBB6767-F2B8-4BAA-BF07-3F9A160B3009}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-2484427" y="-5069549"/>
+            <a:ext cx="18380919" cy="18211119"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5C91A62C-18CD-4962-933C-7CEB68A0AEF6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="873125"/>
+            <a:ext cx="10972800" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr tIns="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3600">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Mastertitelformat bearbeiten</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Textplatzhalter 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDD549F4-C90A-437D-902A-3E9CE85D8A02}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="2107565"/>
+            <a:ext cx="10972800" cy="873760"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Mastertextformat bearbeiten</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="696187916"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout39.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Titelfolie_Blau-Blau">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Rechteck 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{76E57C58-43E6-4DA0-BC7D-0DB0606AB593}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="00008C"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="de-DE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Grafik 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7D9BDB7B-ED04-48F9-A597-5D65D94A3078}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm rot="16200000">
+            <a:off x="-4760594" y="-4145914"/>
+            <a:ext cx="17099914" cy="17099914"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Titel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1E516721-5786-4D57-87BF-FB724C98CD9E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="3429000"/>
+            <a:ext cx="10972800" cy="2196296"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="4400">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Mastertitelformat bearbeiten</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Untertitel 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{67F963C2-5833-44AC-B450-8D1C60C751CB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="1736725"/>
+            <a:ext cx="10972800" cy="1404937"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:buNone/>
+              <a:defRPr sz="2000" b="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Master-Untertitelformat bearbeiten</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Grafik 8" descr="Logo der TUD: einfarbig blau, Bildelement (punktsymetrische Anordnung zweier gleicher flächiger Winkelelemente) rechts daneben dreizeiliger Text: Technische Universität Dresden">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CB286486-4081-46A3-8FB1-838C770D442A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId5"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="404813"/>
+            <a:ext cx="1980000" cy="660000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Textplatzhalter 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CEC26066-137F-4859-8099-2F31E34E4121}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="6312025"/>
+            <a:ext cx="7833064" cy="256573"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Mastertextformat bearbeiten</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2346172875"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="1_Titelfolie_Shape_fix">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Rechteck 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{76E57C58-43E6-4DA0-BC7D-0DB0606AB593}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="2F57B2"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="de-DE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="17" name="Grafik 16">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{58C2EC5D-CAE6-4D0D-876A-759A0D2C366E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Titel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1E516721-5786-4D57-87BF-FB724C98CD9E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="4560104"/>
+            <a:ext cx="7250113" cy="1281896"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="4400">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Mastertitelformat bearbeiten</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Untertitel 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{67F963C2-5833-44AC-B450-8D1C60C751CB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="3094696"/>
+            <a:ext cx="7250113" cy="1123950"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:buNone/>
+              <a:defRPr sz="2000" b="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Master-Untertitelformat bearbeiten</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Grafik 8" descr="Logo der TUD: einfarbig blau, Bildelement (punktsymetrische Anordnung zweier gleicher flächiger Winkelelemente) rechts daneben dreizeiliger Text: Technische Universität Dresden">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CB286486-4081-46A3-8FB1-838C770D442A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId5"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="404813"/>
+            <a:ext cx="1980000" cy="660000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Textplatzhalter 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CEC26066-137F-4859-8099-2F31E34E4121}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="6312025"/>
+            <a:ext cx="7833064" cy="256573"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Mastertextformat bearbeiten</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="773381824"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout40.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Titelseite_variabel + Bild_1">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Bildplatzhalter 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1974DA36-F6FF-4071-9FE9-C71612DFE914}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent2">
+              <a:lumMod val="20000"/>
+              <a:lumOff val="80000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="de-DE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Grafik 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{99AD44A7-FBE6-494B-B2A9-85542E1AEE5D}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm rot="5400000">
+            <a:off x="-2633468" y="-5918273"/>
+            <a:ext cx="18354113" cy="18354113"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Grafik 3" descr="Logo der TUD: einfarbig blau, Bildelement (punktsymetrische Anordnung zweier gleicher flächiger Winkelelemente) rechts daneben dreizeiliger Text: Technische Universität Dresden">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1CBF57BC-B38C-414F-92BB-F40579F88EE3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId5"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609601" y="404813"/>
+            <a:ext cx="1981199" cy="660400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Textplatzhalter 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B2B44DCF-A510-4A00-82ED-05FBF8B59EDB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="19" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4116388" y="6207760"/>
+            <a:ext cx="5599112" cy="286068"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="1200" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Noto Serif" panose="02020502060505020204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Noto Serif" panose="02020502060505020204" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Noto Serif" panose="02020502060505020204" pitchFamily="18" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Bildunterschrift und © Copyright</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3175398046"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout41.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Titelseite_variabel + Bild_2">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Bildplatzhalter 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1974DA36-F6FF-4071-9FE9-C71612DFE914}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent2">
+              <a:lumMod val="20000"/>
+              <a:lumOff val="80000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="de-DE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Grafik 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FED2FBAC-C92F-4FEA-8170-E94EC94CC14C}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm rot="13500000">
+            <a:off x="-4681402" y="-7532589"/>
+            <a:ext cx="21582744" cy="21582744"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Grafik 3" descr="Logo der TUD: einfarbig blau, Bildelement (punktsymetrische Anordnung zweier gleicher flächiger Winkelelemente) rechts daneben dreizeiliger Text: Technische Universität Dresden">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{79C7FCDB-8A5F-4D8C-B998-2CC83B8C8907}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId5"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609601" y="404813"/>
+            <a:ext cx="1981199" cy="660400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Textplatzhalter 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FFB4AAEC-A7C5-4365-B424-8E68D40435BC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="19" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1558926" y="6177280"/>
+            <a:ext cx="5581650" cy="316548"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="1200" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Noto Serif" panose="02020502060505020204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Noto Serif" panose="02020502060505020204" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Noto Serif" panose="02020502060505020204" pitchFamily="18" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Bildunterschrift und © Copyright</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2535657636"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout42.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Titelseite_variabel + Bild_3">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Rechteck 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8DD5EDA3-D92A-4B08-8595-D60EA53E8AB5}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="de-DE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Titel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FA055B95-2710-46A2-8317-9CAA31D48D9C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609599" y="1752599"/>
+            <a:ext cx="4441825" cy="1382897"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr tIns="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr lang="de-DE" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Mastertitelformat bearbeiten</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Textplatzhalter 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6A522852-F16F-46A0-B72D-3039550F8A39}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="4459102"/>
+            <a:ext cx="4441824" cy="1382897"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr lang="de-DE" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Mastertextformat bearbeiten</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="10" name="Grafik 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5144DEC0-CBFA-4BDA-A78C-86ED757F7276}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="6288480"/>
+            <a:ext cx="514349" cy="164708"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="19" name="Bildplatzhalter 18">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7B07D508-A251-41EA-8DE7-638920575915}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="20"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5267325" y="0"/>
+            <a:ext cx="10255588" cy="6858000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 10255588"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 6858000"/>
+              <a:gd name="connsiteX1" fmla="*/ 10255588 w 10255588"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 6858000"/>
+              <a:gd name="connsiteX2" fmla="*/ 10255588 w 10255588"/>
+              <a:gd name="connsiteY2" fmla="*/ 6858000 h 6858000"/>
+              <a:gd name="connsiteX3" fmla="*/ 1215823 w 10255588"/>
+              <a:gd name="connsiteY3" fmla="*/ 6858000 h 6858000"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="10255588" h="6858000">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="10255588" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="10255588" y="6858000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1215823" y="6858000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="21" name="Textplatzhalter 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{15365122-AA94-4D9A-8BDB-BC7E3297FDE7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="19" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8796338" y="6057900"/>
+            <a:ext cx="2786062" cy="435928"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="1200" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Noto Serif" panose="02020502060505020204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Noto Serif" panose="02020502060505020204" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Noto Serif" panose="02020502060505020204" pitchFamily="18" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Bildunterschrift und © Copyright</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="11" name="Grafik 10" descr="Logo der TUD: einfarbig blau, Bildelement (punktsymetrische Anordnung zweier gleicher flächiger Winkelelemente) rechts daneben dreizeiliger Text: Technische Universität Dresden">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3CEFA202-FC75-4BA0-ACC7-222E3B636ED1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId5"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="404813"/>
+            <a:ext cx="1980000" cy="660000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2531165114"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="2_Titelfolie_Shape_fix">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Rechteck 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{76E57C58-43E6-4DA0-BC7D-0DB0606AB593}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="2F57B2"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="de-DE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Grafik 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FA579EDF-77CB-4860-8B94-3DF47A80CB27}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Titel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1E516721-5786-4D57-87BF-FB724C98CD9E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="2609850"/>
+            <a:ext cx="7250113" cy="3015446"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="4400">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Mastertitelformat bearbeiten</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Untertitel 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{67F963C2-5833-44AC-B450-8D1C60C751CB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="1736726"/>
+            <a:ext cx="7250113" cy="539750"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:buNone/>
+              <a:defRPr sz="2000" b="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Master-Untertitelformat bearbeiten</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Grafik 8" descr="Logo der TUD: einfarbig blau, Bildelement (punktsymetrische Anordnung zweier gleicher flächiger Winkelelemente) rechts daneben dreizeiliger Text: Technische Universität Dresden">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CB286486-4081-46A3-8FB1-838C770D442A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId5"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="404813"/>
+            <a:ext cx="1980000" cy="660000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Textplatzhalter 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CEC26066-137F-4859-8099-2F31E34E4121}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="6312025"/>
+            <a:ext cx="7833064" cy="256573"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Mastertextformat bearbeiten</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2994302244"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="3_Titelfolie_Shape_fix">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Rechteck 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{76E57C58-43E6-4DA0-BC7D-0DB0606AB593}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="2F57B2"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="de-DE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="17" name="Grafik 16">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{58C2EC5D-CAE6-4D0D-876A-759A0D2C366E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Titel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1E516721-5786-4D57-87BF-FB724C98CD9E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="2488013"/>
+            <a:ext cx="7250113" cy="3137283"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="4400">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Mastertitelformat bearbeiten</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Untertitel 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{67F963C2-5833-44AC-B450-8D1C60C751CB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="1390651"/>
+            <a:ext cx="7250113" cy="771524"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:buNone/>
+              <a:defRPr sz="2000" b="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Master-Untertitelformat bearbeiten</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Grafik 8" descr="Logo der TUD: einfarbig blau, Bildelement (punktsymetrische Anordnung zweier gleicher flächiger Winkelelemente) rechts daneben dreizeiliger Text: Technische Universität Dresden">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CB286486-4081-46A3-8FB1-838C770D442A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId5"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="404813"/>
+            <a:ext cx="1980000" cy="660000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Textplatzhalter 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CEC26066-137F-4859-8099-2F31E34E4121}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="6312025"/>
+            <a:ext cx="7833064" cy="256573"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Mastertextformat bearbeiten</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1642026502"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="4_Titelfolie_Shape_fix">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Rechteck 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{76E57C58-43E6-4DA0-BC7D-0DB0606AB593}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent5"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="de-DE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="17" name="Grafik 16">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{58C2EC5D-CAE6-4D0D-876A-759A0D2C366E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm flipH="1">
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Titel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1E516721-5786-4D57-87BF-FB724C98CD9E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609601" y="2800350"/>
+            <a:ext cx="6315074" cy="2449174"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="4400">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Mastertitelformat bearbeiten</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Untertitel 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{67F963C2-5833-44AC-B450-8D1C60C751CB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="1741089"/>
+            <a:ext cx="7250113" cy="771524"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:buNone/>
+              <a:defRPr sz="2000" b="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Master-Untertitelformat bearbeiten</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Grafik 8" descr="Logo der TUD: einfarbig blau, Bildelement (punktsymetrische Anordnung zweier gleicher flächiger Winkelelemente) rechts daneben dreizeiliger Text: Technische Universität Dresden">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CB286486-4081-46A3-8FB1-838C770D442A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId5"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="404813"/>
+            <a:ext cx="1980000" cy="660000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Textplatzhalter 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CEC26066-137F-4859-8099-2F31E34E4121}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="6312025"/>
+            <a:ext cx="7833064" cy="256573"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Mastertextformat bearbeiten</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="489954735"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="5_Titelfolie_Shape_fix">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Rechteck 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{76E57C58-43E6-4DA0-BC7D-0DB0606AB593}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent5"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="de-DE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Grafik 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{94CFE8FF-710D-4BD6-BF09-5899F316B548}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Titel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1E516721-5786-4D57-87BF-FB724C98CD9E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="3962400"/>
+            <a:ext cx="10972800" cy="1662895"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="4400">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Mastertitelformat bearbeiten</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Untertitel 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{67F963C2-5833-44AC-B450-8D1C60C751CB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="2374900"/>
+            <a:ext cx="10972800" cy="1404937"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:buNone/>
+              <a:defRPr sz="2000" b="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Master-Untertitelformat bearbeiten</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Grafik 8" descr="Logo der TUD: einfarbig blau, Bildelement (punktsymetrische Anordnung zweier gleicher flächiger Winkelelemente) rechts daneben dreizeiliger Text: Technische Universität Dresden">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CB286486-4081-46A3-8FB1-838C770D442A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId5"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="404813"/>
+            <a:ext cx="1980000" cy="660000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Textplatzhalter 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDF80472-EDBA-4F61-808F-F1F3B41F7DD3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="6312025"/>
+            <a:ext cx="7833064" cy="256573"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Mastertextformat bearbeiten</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4282760624"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="6_Titelfolie_Shape_fix">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Rechteck 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{76E57C58-43E6-4DA0-BC7D-0DB0606AB593}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent5"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="de-DE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Grafik 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{94CFE8FF-710D-4BD6-BF09-5899F316B548}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Titel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1E516721-5786-4D57-87BF-FB724C98CD9E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="3716338"/>
+            <a:ext cx="10972800" cy="1908957"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="4400">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Mastertitelformat bearbeiten</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Untertitel 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{67F963C2-5833-44AC-B450-8D1C60C751CB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="2089150"/>
+            <a:ext cx="10972800" cy="1404937"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:buNone/>
+              <a:defRPr sz="2000" b="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Master-Untertitelformat bearbeiten</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Grafik 8" descr="Logo der TUD: einfarbig blau, Bildelement (punktsymetrische Anordnung zweier gleicher flächiger Winkelelemente) rechts daneben dreizeiliger Text: Technische Universität Dresden">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CB286486-4081-46A3-8FB1-838C770D442A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId5"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="404813"/>
+            <a:ext cx="1980000" cy="660000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Textplatzhalter 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDF80472-EDBA-4F61-808F-F1F3B41F7DD3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="6312025"/>
+            <a:ext cx="7833064" cy="256573"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Mastertextformat bearbeiten</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="45435808"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout26.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout21.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout25.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout29.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout28.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout19.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout27.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout30.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout26.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout21.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.svg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout25.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout29.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout28.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.svg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout19.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout31.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout27.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout30.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideMasters/_rels/slideMaster2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout39.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout34.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout38.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout33.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout32.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout37.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout42.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout36.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout41.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout35.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout40.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.svg"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Titelplatzhalter 1"/>
+          <p:cNvPr id="26" name="Titelplatzhalter 25">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A5CE2D21-B81F-483B-9FE8-AF317984B749}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="874712" y="346075"/>
-            <a:ext cx="10580687" cy="684213"/>
+            <a:off x="609600" y="404813"/>
+            <a:ext cx="10972800" cy="647700"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:ln>
-[...1 lines deleted...]
-          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t" anchorCtr="0">
+          <a:bodyPr vert="horz" lIns="0" tIns="108000" rIns="0" bIns="0" rtlCol="0" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>Das ist eine Überschrift</a:t>
-[...6 lines deleted...]
-              <a:t>in zwei Zeilen</a:t>
+              <a:t>Mastertitelformat bearbeiten</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Textplatzhalter 2"/>
+          <p:cNvPr id="3" name="Textplatzhalter 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C6FA640-4158-403C-98E2-E7FCEBC54000}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="874712" y="1481138"/>
-            <a:ext cx="10580687" cy="4360861"/>
+            <a:off x="609599" y="1736725"/>
+            <a:ext cx="10972801" cy="4316835"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:ln>
-[...1 lines deleted...]
-          </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>Erste Textebene (16pt bis Ebene 4)</a:t>
+              <a:t>Mastertextformat bearbeiten erste Ebene</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>Zweite Textebene für Aufzählungen</a:t>
+              <a:t>Zweite Ebene</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>Dritte Textebene bei viel Text (14pt)</a:t>
+              <a:t>Dritte Ebene</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>Vierte Textebene für Aufzählungen bei viel Text</a:t>
+              <a:t>Vierte Ebene</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>Fünfte Ebene (nachfolgend alles 14 </a:t>
-[...4 lines deleted...]
-            </a:r>
+              <a:t>Fünfte Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="5"/>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>)</a:t>
-[...3 lines deleted...]
-            <a:pPr lvl="5"/>
+              <a:t>Sechste Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="6"/>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>Sechste Textebene für Aufzählungen bei viel Text</a:t>
-[...3 lines deleted...]
-            <a:pPr lvl="6"/>
+              <a:t>Siebte Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="7"/>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>Siebte Textebene für Aufzählungen bei viel Text</a:t>
-[...3 lines deleted...]
-            <a:pPr lvl="7"/>
+              <a:t>Achte Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="8"/>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>Achte Textebene für Aufzählungen bei viel Text</a:t>
-[...254 lines deleted...]
-            </a:endParaRPr>
+              <a:t>Neunte Ebene</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="9" name="Grafik 8"/>
+          <p:cNvPr id="17" name="Grafik 16">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FF0A8DA4-796C-4D83-A511-7E33ECC19533}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId32" cstate="print">
-[...2 lines deleted...]
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+          <a:blip r:embed="rId33">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId34"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="504825" y="6334183"/>
-            <a:ext cx="1116268" cy="323730"/>
+            <a:off x="609600" y="6288480"/>
+            <a:ext cx="514349" cy="164708"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Textfeld 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F5E54477-AC5B-4EB3-AE9F-0854A752BD2F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1558925" y="6308279"/>
+            <a:ext cx="7237413" cy="184666"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00008C"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Titel der Präsentation • Vortragende • Seite </a:t>
+            </a:r>
+            <a:fld id="{BB345A75-B580-4544-AA90-56924E4BB115}" type="slidenum">
+              <a:rPr lang="de-DE" sz="1200" kern="1200" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="00008C"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>‹Nr.›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="00008C"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="6" name="Grafik 5">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{78FE722B-04C9-4622-A299-1079EE0CE161}"/>
+          <p:cNvPr id="4" name="Grafik 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8201A233-6805-4041-BFA8-418DDE7BDC7F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId33" cstate="print">
+          <a:blip r:embed="rId35">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId36"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="10922105" y="6323573"/>
-            <a:ext cx="967339" cy="334340"/>
+            <a:off x="10649442" y="6220612"/>
+            <a:ext cx="932958" cy="360000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2089890264"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1712152019"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
-    <p:sldLayoutId id="2147483892" r:id="rId1"/>
-[...28 lines deleted...]
-    <p:sldLayoutId id="2147483922" r:id="rId30"/>
+    <p:sldLayoutId id="2147483650" r:id="rId1"/>
+    <p:sldLayoutId id="2147483649" r:id="rId2"/>
+    <p:sldLayoutId id="2147483705" r:id="rId3"/>
+    <p:sldLayoutId id="2147483780" r:id="rId4"/>
+    <p:sldLayoutId id="2147483781" r:id="rId5"/>
+    <p:sldLayoutId id="2147483782" r:id="rId6"/>
+    <p:sldLayoutId id="2147483783" r:id="rId7"/>
+    <p:sldLayoutId id="2147483776" r:id="rId8"/>
+    <p:sldLayoutId id="2147483784" r:id="rId9"/>
+    <p:sldLayoutId id="2147483785" r:id="rId10"/>
+    <p:sldLayoutId id="2147483769" r:id="rId11"/>
+    <p:sldLayoutId id="2147483778" r:id="rId12"/>
+    <p:sldLayoutId id="2147483779" r:id="rId13"/>
+    <p:sldLayoutId id="2147483710" r:id="rId14"/>
+    <p:sldLayoutId id="2147483652" r:id="rId15"/>
+    <p:sldLayoutId id="2147483709" r:id="rId16"/>
+    <p:sldLayoutId id="2147483656" r:id="rId17"/>
+    <p:sldLayoutId id="2147483665" r:id="rId18"/>
+    <p:sldLayoutId id="2147483657" r:id="rId19"/>
+    <p:sldLayoutId id="2147483666" r:id="rId20"/>
+    <p:sldLayoutId id="2147483654" r:id="rId21"/>
+    <p:sldLayoutId id="2147483655" r:id="rId22"/>
+    <p:sldLayoutId id="2147483694" r:id="rId23"/>
+    <p:sldLayoutId id="2147483695" r:id="rId24"/>
+    <p:sldLayoutId id="2147483696" r:id="rId25"/>
+    <p:sldLayoutId id="2147483777" r:id="rId26"/>
+    <p:sldLayoutId id="2147483771" r:id="rId27"/>
+    <p:sldLayoutId id="2147483772" r:id="rId28"/>
+    <p:sldLayoutId id="2147483773" r:id="rId29"/>
+    <p:sldLayoutId id="2147483775" r:id="rId30"/>
+    <p:sldLayoutId id="2147483774" r:id="rId31"/>
   </p:sldLayoutIdLst>
-  <p:hf hdr="0"/>
+  <p:hf sldNum="0" hdr="0" ftr="0" dt="0"/>
   <p:txStyles>
     <p:titleStyle>
-      <a:lvl1pPr algn="l" defTabSz="914269" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
-        <a:defRPr sz="2400" b="1" kern="1200" baseline="0">
+        <a:defRPr sz="3400" kern="1200">
           <a:solidFill>
-            <a:schemeClr val="accent1"/>
+            <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mj-lt"/>
           <a:ea typeface="+mj-ea"/>
           <a:cs typeface="+mj-cs"/>
         </a:defRPr>
       </a:lvl1pPr>
     </p:titleStyle>
     <p:bodyStyle>
-      <a:lvl1pPr marL="0" indent="0" algn="l" defTabSz="914269" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl1pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
         <a:spcBef>
+          <a:spcPts val="1200"/>
+        </a:spcBef>
+        <a:spcAft>
           <a:spcPts val="600"/>
-        </a:spcBef>
+        </a:spcAft>
         <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
         <a:buNone/>
-        <a:defRPr sz="1600" b="1" kern="1200">
+        <a:defRPr sz="2000" b="0" kern="1200">
           <a:solidFill>
-            <a:schemeClr val="accent1"/>
+            <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl1pPr>
-      <a:lvl2pPr marL="0" indent="0" algn="l" defTabSz="914269" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl2pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="600"/>
+          <a:spcPts val="1200"/>
         </a:spcBef>
-        <a:buFont typeface="Open Sans" panose="020B0606030504020204" pitchFamily="34" charset="0"/>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
         <a:buNone/>
-        <a:defRPr sz="1600" kern="1200">
+        <a:defRPr sz="2000" kern="1200">
           <a:solidFill>
-            <a:schemeClr val="accent1"/>
+            <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl2pPr>
-      <a:lvl3pPr marL="252000" indent="-252000" algn="l" defTabSz="914269" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl3pPr marL="233363" indent="-173038" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="0"/>
+          <a:spcPts val="500"/>
         </a:spcBef>
         <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-        <a:buChar char="—"/>
-        <a:defRPr sz="1600" kern="1200">
+        <a:buChar char="•"/>
+        <a:defRPr sz="2000" kern="1200">
           <a:solidFill>
-            <a:schemeClr val="accent1"/>
+            <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl3pPr>
-      <a:lvl4pPr marL="252000" indent="-144000" algn="l" defTabSz="914269" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl4pPr marL="457200" indent="-173038" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="0"/>
+          <a:spcPts val="500"/>
         </a:spcBef>
-        <a:buFont typeface="Open Sans" panose="020B0606030504020204" pitchFamily="34" charset="0"/>
-        <a:buChar char="–"/>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
         <a:defRPr sz="1600" kern="1200">
           <a:solidFill>
-            <a:schemeClr val="accent1"/>
+            <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl4pPr>
-      <a:lvl5pPr marL="0" indent="0" algn="l" defTabSz="914269" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl5pPr marL="690563" indent="-173038" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="600"/>
+          <a:spcPts val="500"/>
         </a:spcBef>
-        <a:spcAft>
-[...4 lines deleted...]
-        <a:defRPr sz="1400" b="1" kern="1200" baseline="0">
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1600" kern="1200">
           <a:solidFill>
-            <a:schemeClr val="accent1"/>
+            <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl5pPr>
-      <a:lvl6pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914269" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+      <a:lvl6pPr marL="342900" indent="-342900" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="600"/>
+          <a:spcPts val="1200"/>
         </a:spcBef>
-        <a:spcAft>
-[...7 lines deleted...]
-        <a:defRPr sz="1400" b="0" kern="1200">
+        <a:buFont typeface="Open Sans" panose="020B0606030504020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="—"/>
+        <a:defRPr sz="2000" kern="1200">
           <a:solidFill>
-            <a:schemeClr val="accent1"/>
+            <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl6pPr>
-      <a:lvl7pPr marL="252000" marR="0" indent="-252000" algn="l" defTabSz="914269" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+      <a:lvl7pPr marL="514350" indent="-171450" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="0"/>
+          <a:spcPts val="500"/>
         </a:spcBef>
-        <a:spcAft>
-[...7 lines deleted...]
-        <a:defRPr lang="de-DE" sz="1400" kern="1200" dirty="0" smtClean="0">
+        <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
+        <a:buChar char="-"/>
+        <a:defRPr sz="1600" kern="1200">
           <a:solidFill>
-            <a:schemeClr val="accent1"/>
+            <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl7pPr>
-      <a:lvl8pPr marL="252000" marR="0" indent="-144000" algn="l" defTabSz="914269" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+      <a:lvl8pPr marL="685800" indent="-114300" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="0"/>
+          <a:spcPts val="500"/>
         </a:spcBef>
-        <a:spcAft>
-[...3 lines deleted...]
-        <a:buSzTx/>
         <a:buFont typeface="Open Sans" panose="020B0606030504020204" pitchFamily="34" charset="0"/>
-        <a:buChar char="–"/>
-[...1 lines deleted...]
-        <a:defRPr sz="1400" kern="1200">
+        <a:buChar char="­"/>
+        <a:defRPr sz="1600" kern="1200">
           <a:solidFill>
-            <a:schemeClr val="accent1"/>
+            <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
-      <a:lvl9pPr marL="396000" marR="0" indent="-144000" algn="l" defTabSz="914269" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+      <a:lvl9pPr marL="800100" indent="-114300" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
-          <a:spcPct val="100000"/>
+          <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="0"/>
+          <a:spcPts val="500"/>
         </a:spcBef>
-        <a:spcAft>
-[...7 lines deleted...]
-        <a:defRPr sz="1400" kern="1200">
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1600" kern="1200">
           <a:solidFill>
-            <a:schemeClr val="accent1"/>
+            <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:bodyStyle>
     <p:otherStyle>
       <a:defPPr>
         <a:defRPr lang="de-DE"/>
       </a:defPPr>
-      <a:lvl1pPr marL="0" algn="l" defTabSz="914269" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl1pPr>
-      <a:lvl2pPr marL="457135" algn="l" defTabSz="914269" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl2pPr>
-      <a:lvl3pPr marL="914269" algn="l" defTabSz="914269" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl3pPr>
-      <a:lvl4pPr marL="1371402" algn="l" defTabSz="914269" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl4pPr>
-      <a:lvl5pPr marL="1828534" algn="l" defTabSz="914269" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl5pPr>
-      <a:lvl6pPr marL="2285670" algn="l" defTabSz="914269" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl6pPr>
-      <a:lvl7pPr marL="2742803" algn="l" defTabSz="914269" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl7pPr>
-      <a:lvl8pPr marL="3199936" algn="l" defTabSz="914269" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
-      <a:lvl9pPr marL="3657070" algn="l" defTabSz="914269" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
   <p:extLst>
     <p:ext uri="{27BBF7A9-308A-43DC-89C8-2F10F3537804}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
-        <p15:guide id="6" pos="992">
+        <p15:guide id="1" orient="horz" pos="255" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
-        <p15:guide id="7" pos="1120">
+        <p15:guide id="3" pos="384" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
-        <p15:guide id="8" pos="1676">
+        <p15:guide id="4" pos="7296" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
-        <p15:guide id="9" pos="1556">
+        <p15:guide id="5" pos="846" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
-        <p15:guide id="10" pos="2252">
+        <p15:guide id="6" pos="982" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
-        <p15:guide id="11" pos="2128">
+        <p15:guide id="7" pos="1436" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
-        <p15:guide id="16" pos="3824">
+        <p15:guide id="8" pos="1560" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
-        <p15:guide id="17" pos="3948">
+        <p15:guide id="9" pos="2026" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
-        <p15:guide id="20" pos="4384">
+        <p15:guide id="10" pos="2139" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
-        <p15:guide id="21" pos="4508">
+        <p15:guide id="11" pos="2593" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
-        <p15:guide id="22" pos="6788" userDrawn="1">
+        <p15:guide id="12" pos="2736" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
-        <p15:guide id="23" pos="6656">
+        <p15:guide id="13" pos="3182" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
-        <p15:guide id="24" pos="4960">
+        <p15:guide id="14" pos="3318" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
-        <p15:guide id="25" pos="5084">
+        <p15:guide id="15" pos="3772" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
-        <p15:guide id="30" orient="horz" pos="538">
+        <p15:guide id="16" pos="3908" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
-        <p15:guide id="31" pos="551">
+        <p15:guide id="17" pos="4362" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
-        <p15:guide id="39" pos="6085" userDrawn="1">
+        <p15:guide id="18" pos="4498" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
-        <p15:guide id="40" pos="6216">
+        <p15:guide id="19" pos="4951" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
-        <p15:guide id="41" pos="2692">
+        <p15:guide id="20" pos="5087" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
-        <p15:guide id="42" pos="2808">
+        <p15:guide id="21" pos="5541" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
-        <p15:guide id="43" pos="3260">
+        <p15:guide id="22" pos="5654" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
-        <p15:guide id="44" pos="3380">
+        <p15:guide id="23" pos="6120" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
-        <p15:guide id="50" pos="5520">
+        <p15:guide id="24" pos="6244" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
-        <p15:guide id="52" orient="horz" pos="933">
+        <p15:guide id="25" pos="6698" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
-        <p15:guide id="53" orient="horz" pos="759">
+        <p15:guide id="26" pos="6834" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
-        <p15:guide id="58" orient="horz" pos="218">
+        <p15:guide id="27" orient="horz" pos="2160" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
-        <p15:guide id="59" orient="horz" pos="3680">
+        <p15:guide id="28" orient="horz" pos="4065" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
-        <p15:guide id="60" orient="horz" pos="3861">
+        <p15:guide id="29" orient="horz" pos="3816" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
-        <p15:guide id="62" orient="horz" pos="2130">
+        <p15:guide id="30" orient="horz" pos="663" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
-        <p15:guide id="65" pos="5648">
+        <p15:guide id="31" orient="horz" pos="550" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
-        <p15:guide id="66" orient="horz" pos="649">
+        <p15:guide id="32" orient="horz" pos="2341" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
-        <p15:guide id="67" pos="7216">
+        <p15:guide id="34" orient="horz" pos="3680" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
-        <p15:guide id="69" orient="horz" pos="3988">
+        <p15:guide id="35" orient="horz" pos="1094" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
-        <p15:guide id="70" orient="horz" pos="4196">
+        <p15:guide id="36" orient="horz" pos="3543" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
-        <p15:guide id="71" pos="318">
+        <p15:guide id="37" orient="horz" pos="1979" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
-        <p15:guide id="72" orient="horz" pos="4116">
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
+</p:sldMaster>
+</file>
+
+<file path=ppt/slideMasters/slideMaster2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
+  <p:cSld>
+    <p:bg>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg1"/>
+      </p:bgRef>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="26" name="Titelplatzhalter 25">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A5CE2D21-B81F-483B-9FE8-AF317984B749}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="404813"/>
+            <a:ext cx="10972800" cy="647700"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="0" tIns="108000" rIns="0" bIns="0" rtlCol="0" anchor="t">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Mastertitelformat bearbeiten</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Textplatzhalter 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C6FA640-4158-403C-98E2-E7FCEBC54000}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609599" y="1736725"/>
+            <a:ext cx="10972801" cy="4316835"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Mastertextformat bearbeiten erste Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Zweite Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Dritte Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Vierte Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Fünfte Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="5"/>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Sechste Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="6"/>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Siebte Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="7"/>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Achte Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="8"/>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Neunte Ebene</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="17" name="Grafik 16">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FF0A8DA4-796C-4D83-A511-7E33ECC19533}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId13">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId14"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="6288480"/>
+            <a:ext cx="514349" cy="164708"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Grafik 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A491C6E5-DBE9-41BD-8366-4A8F54DE0E9C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId15">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId16"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10649442" y="6220612"/>
+            <a:ext cx="932958" cy="360000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4070313116"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  <p:sldLayoutIdLst>
+    <p:sldLayoutId id="2147483759" r:id="rId1"/>
+    <p:sldLayoutId id="2147483760" r:id="rId2"/>
+    <p:sldLayoutId id="2147483761" r:id="rId3"/>
+    <p:sldLayoutId id="2147483762" r:id="rId4"/>
+    <p:sldLayoutId id="2147483763" r:id="rId5"/>
+    <p:sldLayoutId id="2147483764" r:id="rId6"/>
+    <p:sldLayoutId id="2147483765" r:id="rId7"/>
+    <p:sldLayoutId id="2147483706" r:id="rId8"/>
+    <p:sldLayoutId id="2147483767" r:id="rId9"/>
+    <p:sldLayoutId id="2147483768" r:id="rId10"/>
+    <p:sldLayoutId id="2147483770" r:id="rId11"/>
+  </p:sldLayoutIdLst>
+  <p:hf sldNum="0" hdr="0" ftr="0" dt="0"/>
+  <p:txStyles>
+    <p:titleStyle>
+      <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPct val="0"/>
+        </a:spcBef>
+        <a:buNone/>
+        <a:defRPr sz="3400" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mj-lt"/>
+          <a:ea typeface="+mj-ea"/>
+          <a:cs typeface="+mj-cs"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+    </p:titleStyle>
+    <p:bodyStyle>
+      <a:lvl1pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="1200"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="600"/>
+        </a:spcAft>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buNone/>
+        <a:defRPr sz="2000" b="0" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+      <a:lvl2pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="1200"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buNone/>
+        <a:defRPr sz="2000" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl2pPr>
+      <a:lvl3pPr marL="233363" indent="-173038" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="2000" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl3pPr>
+      <a:lvl4pPr marL="457200" indent="-173038" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1600" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl4pPr>
+      <a:lvl5pPr marL="690563" indent="-173038" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1600" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl5pPr>
+      <a:lvl6pPr marL="342900" indent="-342900" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="1200"/>
+        </a:spcBef>
+        <a:buFont typeface="Open Sans" panose="020B0606030504020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="—"/>
+        <a:defRPr sz="2000" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl6pPr>
+      <a:lvl7pPr marL="514350" indent="-171450" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
+        <a:buChar char="-"/>
+        <a:defRPr sz="1600" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl7pPr>
+      <a:lvl8pPr marL="685800" indent="-114300" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Open Sans" panose="020B0606030504020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="­"/>
+        <a:defRPr sz="1600" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl8pPr>
+      <a:lvl9pPr marL="800100" indent="-114300" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1600" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl9pPr>
+    </p:bodyStyle>
+    <p:otherStyle>
+      <a:defPPr>
+        <a:defRPr lang="de-DE"/>
+      </a:defPPr>
+      <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+      <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl2pPr>
+      <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl3pPr>
+      <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl4pPr>
+      <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl5pPr>
+      <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl6pPr>
+      <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl7pPr>
+      <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl8pPr>
+      <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl9pPr>
+    </p:otherStyle>
+  </p:txStyles>
+  <p:extLst>
+    <p:ext uri="{27BBF7A9-308A-43DC-89C8-2F10F3537804}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="255" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="3" pos="384" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="4" pos="7296" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="5" pos="846" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="6" pos="982" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="7" pos="1436" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="8" pos="1560" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="9" pos="2026" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="10" pos="2139" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="11" pos="2593" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="12" pos="2736" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="13" pos="3182" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="14" pos="3318" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="15" pos="3772" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="16" pos="3908" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="17" pos="4362" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="18" pos="4498" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="19" pos="4951" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="20" pos="5087" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="21" pos="5541" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="22" pos="5654" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="23" pos="6120" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="24" pos="6244" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="25" pos="6698" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="26" pos="6834" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="27" orient="horz" pos="2160" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="28" orient="horz" pos="4065" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="29" orient="horz" pos="3816" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="30" orient="horz" pos="663" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="31" orient="horz" pos="550" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="32" orient="horz" pos="2341" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="33" orient="horz" pos="1888" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="34" orient="horz" pos="3680" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="35" orient="horz" pos="1094" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image47.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout27.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://leserlich.info/leserlich-und-lesbar" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag3.xml"/></Relationships>
-[...11 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inkscape.org/de/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout21.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Textplatzhalter 2"/>
+          <p:cNvPr id="2" name="Titel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{41392127-A6D4-4DE7-B042-2AE843D73193}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Titel der Präsentation</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="de-DE" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="de-DE" sz="3200" dirty="0"/>
+              <a:t>Untertitel der Präsentation</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Untertitel 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{691F6330-C39B-4485-AD3C-BF8578A251E4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE" b="1" dirty="0"/>
+              <a:t>Vorname Nachname</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Fakultät Wirtschaftswissenschaften, Professur für BWL, insb. Logistik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Textplatzhalter 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{03C57DC0-CDAD-4228-BA26-3D1CE1558B7C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...106 lines deleted...]
-        </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="de-DE" dirty="0"/>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Ort oder Anlass des Vortrags // Datum</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="13" name="Grafik 12">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D95B52F2-540E-4631-9531-8FE78BCB41A5}"/>
+          <p:cNvPr id="8" name="Grafik 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6550F37B-A951-4449-946C-E844686D77AD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2" cstate="print">
+          <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="9955375" y="5613615"/>
-            <a:ext cx="1500025" cy="518451"/>
+            <a:off x="10033219" y="6028598"/>
+            <a:ext cx="1549181" cy="540000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="868022722"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="748245889"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Titel 1">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{54BCC9E6-4101-4A3A-9C33-0EB8C950A7CF}"/>
+          <p:cNvPr id="4" name="Titel 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1C692DAB-1D6F-46B6-A51F-F643357E3CCB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...4 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Gliederungselement</a:t>
             </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Textplatzhalter 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{39ABFB7A-DD17-4F13-AAE5-D9DA4F230030}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2904755544"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3257744199"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Titel 1">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5736064B-CA18-4A4D-AF14-5F99C6E090CB}"/>
+          <p:cNvPr id="6" name="Titel 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0FF68764-1122-4848-ADDD-58EA605AAE3C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Inhaltsplatzhalter 2">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{65161763-BE5F-473F-865E-60ECFC87E8C2}"/>
+          <p:cNvPr id="7" name="Inhaltsplatzhalter 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5E76C346-CC58-4E44-9FA1-A2D9C5F9C14D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph sz="quarter" idx="10"/>
+            <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3025880988"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3032804714"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Titel 2"/>
+          <p:cNvPr id="19" name="Titel 18">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D9C06D64-1A6C-4083-825A-6939C3E97FAE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>Farben </a:t>
-[...7 lines deleted...]
-            </a:r>
+              <a:t>Hinweise zur Nutzung der Layouts</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Inhaltsplatzhalter 1"/>
+          <p:cNvPr id="20" name="Inhaltsplatzhalter 19">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B6B6F4D4-0AF8-493D-AE50-AEF77EDFBC9F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph sz="quarter" idx="10"/>
+            <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...4 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
-          <a:bodyPr>
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="72000" lvl="1"/>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>Die </a:t>
-[...4 lines deleted...]
-            </a:r>
+              <a:t>Es stehen verschiedene Titel-, Abschnitts- und Inhaltsfolien-Layouts zur Auswahl (Rechtsklick auf eine Folie in der Übersicht &gt; Layout &gt; Layout auswählen.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t> der TU Dresden ist </a:t>
-[...4 lines deleted...]
-            </a:r>
+              <a:t>Die Farbflächen der Folien können (ausschließlich) in den CD-Farben eingefärbt werden, siehe Folie 4. Achten Sie auf ausreichenden Kontrast der Hintergrundfarbe zur Schrift.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>, Farbton HKS 41.</a:t>
-[...3 lines deleted...]
-            <a:pPr marL="72000" lvl="1"/>
+              <a:t>Von den Titelfolien gibt es 2 Typen:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:buFontTx/>
+              <a:buChar char="-"/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>Zudem sind eine Reihe von </a:t>
-[...3 lines deleted...]
-              <a:t>Sekundärfarben</a:t>
+              <a:t>Titelfolien „</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0" err="1"/>
+              <a:t>Shape_fix</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t> definiert.</a:t>
-[...3 lines deleted...]
-            <a:pPr marL="467288" lvl="2"/>
+              <a:t>“ mit auf Folienformat beschnittenen Farbflächen. Hier können die Farbflächen nicht verschoben werden.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:buFontTx/>
+              <a:buChar char="-"/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>Die Farben können in unterschiedlicher Deckkraft eingesetzt werden. </a:t>
-[...3 lines deleted...]
-            <a:pPr marL="467288" lvl="2"/>
+              <a:t>„Titelfolien „</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0" err="1"/>
+              <a:t>Shape_variabel</a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>Die Farben sind direkt in dieser Präsentationsvorlage eingebunden.</a:t>
-[...492 lines deleted...]
-            <a:endParaRPr lang="de-DE" dirty="0"/>
+              <a:t>“ mit den unbeschnittenen Shapes. Diese können frei im Folienformat verschoben werden, um z. B. bestimmten Textanordnungen gerecht zu werden. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:custDataLst>
-[...1 lines deleted...]
-    </p:custDataLst>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3601952811"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="448726076"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Titel 2"/>
+          <p:cNvPr id="19" name="Titel 18">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D9C06D64-1A6C-4083-825A-6939C3E97FAE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="404813"/>
+            <a:ext cx="10972800" cy="647700"/>
+          </a:xfrm>
+          <a:noFill/>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>Farben </a:t>
-[...7 lines deleted...]
-            </a:r>
+              <a:t>Titel Schriftgröße 32 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0" err="1"/>
+              <a:t>pt</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Inhaltsplatzhalter 1"/>
+          <p:cNvPr id="20" name="Inhaltsplatzhalter 19">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B6B6F4D4-0AF8-493D-AE50-AEF77EDFBC9F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph sz="quarter" idx="10"/>
+            <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="874712" y="1481138"/>
-            <a:ext cx="5195888" cy="4252913"/>
+            <a:off x="609599" y="1736725"/>
+            <a:ext cx="10972801" cy="4105275"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr>
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="72000" lvl="1"/>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>Für die fünf  Bereiche der TUD folgende Farben zugewiesen. </a:t>
-[...3 lines deleted...]
-            <a:pPr marL="72000" lvl="1"/>
+              <a:t>Mastertext Inhalt – Schriftgröße 20 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0" err="1"/>
+              <a:t>pt</a:t>
+            </a:r>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
           <a:p>
-            <a:pPr marL="72000" lvl="1"/>
-[...19 lines deleted...]
-            <a:pPr marL="72000" lvl="1"/>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>Für das Studien-Information-System (SINS) gelten </a:t>
+              <a:t>getestet in folgenden Settings (Lesedistanz erste bis letzte Reihe):</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>HSZ Audimax </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>HSZ Hörsaal 03</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>HSZ Seminarraum E01</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Schriftgröße kann nach bedarf angepasst werden auf Werte zwischen 16pt und 24pt.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Normaler Lesetext (vgl. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0">
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>https://leserlich.info/leserlich-und-lesbar</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>) </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="de-DE" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>für die SINS-Bereiche äquivalente Farben </a:t>
-[...3 lines deleted...]
-            <a:pPr marL="72000" lvl="1"/>
+              <a:t>sollte i.d.R. nicht kleiner als 16 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0" err="1"/>
+              <a:t>pt</a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>+ zusätzlich das Orange für den SINS-Bereich Lehramt.</a:t>
-[...4 lines deleted...]
-            <a:endParaRPr lang="de-DE" dirty="0"/>
+              <a:t> sein</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...4636 lines deleted...]
-      </p:graphicFrame>
     </p:spTree>
-    <p:custDataLst>
-[...1 lines deleted...]
-    </p:custDataLst>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1919080071"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3923462308"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Titel 2"/>
+          <p:cNvPr id="4" name="Titel 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{63E8F6C8-3424-434A-977D-2E381AC65D4A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>Farben </a:t>
-[...7 lines deleted...]
-            </a:r>
+              <a:t>TUD Farben</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...8673 lines deleted...]
-      </p:graphicFrame>
       <p:grpSp>
         <p:nvGrpSpPr>
-          <p:cNvPr id="2" name="Gruppieren 1"/>
+          <p:cNvPr id="71" name="Gruppieren 70">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E5D52C39-7129-4BAC-83B2-BC7CC36C7900}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="1770752" y="3723514"/>
-[...2 lines deleted...]
-            <a:chExt cx="2972700" cy="278541"/>
+            <a:off x="609600" y="3152775"/>
+            <a:ext cx="11439525" cy="1106488"/>
+            <a:chOff x="609600" y="2609850"/>
+            <a:chExt cx="11439525" cy="1106488"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="11" name="Rechteck 10"/>
+            <p:cNvPr id="10" name="Rechteck 9">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1FC3AD65-8337-40EA-88E3-B0A8EEB820D4}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
-            <a:xfrm rot="16200000">
-[...1 lines deleted...]
-              <a:ext cx="278539" cy="277812"/>
+            <a:xfrm>
+              <a:off x="609600" y="2609850"/>
+              <a:ext cx="733425" cy="381000"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
-              <a:srgbClr val="28618C"/>
-[...45 lines deleted...]
-              <a:srgbClr val="539DC5"/>
+              <a:srgbClr val="2F57B2"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
               <a:schemeClr val="accent1">
                 <a:shade val="50000"/>
               </a:schemeClr>
             </a:lnRef>
             <a:fillRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
-              <a:endParaRPr lang="de-DE"/>
+              <a:endParaRPr lang="en-US"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="13" name="Rechteck 12"/>
+            <p:cNvPr id="11" name="Rechteck 10">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FE25C7C2-63CE-47E9-A199-B615234159FA}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
-            <a:xfrm rot="16200000">
-[...1 lines deleted...]
-              <a:ext cx="278539" cy="277812"/>
+            <a:xfrm>
+              <a:off x="1889522" y="2609850"/>
+              <a:ext cx="733425" cy="381000"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
-              <a:srgbClr val="84D1EE"/>
-[...336 lines deleted...]
-              <a:srgbClr val="00A1D9"/>
+              <a:srgbClr val="7369BE"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
               <a:schemeClr val="accent1">
                 <a:shade val="50000"/>
               </a:schemeClr>
             </a:lnRef>
             <a:fillRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
-              <a:endParaRPr lang="de-DE"/>
+              <a:endParaRPr lang="en-US"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="23" name="Rechteck 22"/>
+            <p:cNvPr id="12" name="Rechteck 11">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AFD7EEEF-4DC0-46B5-9B4F-E8AED738FCA3}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
-            <a:xfrm rot="16200000">
-[...1 lines deleted...]
-              <a:ext cx="278539" cy="277812"/>
+            <a:xfrm>
+              <a:off x="3169444" y="2609850"/>
+              <a:ext cx="733425" cy="381000"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
-              <a:srgbClr val="E02D8A"/>
+              <a:srgbClr val="BC1589"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
-              <a:schemeClr val="dk1">
+              <a:schemeClr val="accent1">
                 <a:shade val="50000"/>
               </a:schemeClr>
             </a:lnRef>
             <a:fillRef idx="1">
-              <a:schemeClr val="dk1"/>
+              <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
-              <a:schemeClr val="dk1"/>
+              <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
-              <a:endParaRPr lang="de-DE"/>
+              <a:endParaRPr lang="en-US"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="24" name="Rechteck 23"/>
+            <p:cNvPr id="13" name="Rechteck 12">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{459AE714-FBEC-4415-8E6C-E4B3ADE523E9}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
-            <a:xfrm rot="16200000">
-[...1 lines deleted...]
-              <a:ext cx="278539" cy="277812"/>
+            <a:xfrm>
+              <a:off x="4449366" y="2609850"/>
+              <a:ext cx="733425" cy="381000"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
-              <a:srgbClr val="E8412C"/>
+              <a:srgbClr val="D20F41"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
-              <a:schemeClr val="accent5">
+              <a:schemeClr val="accent1">
                 <a:shade val="50000"/>
               </a:schemeClr>
             </a:lnRef>
             <a:fillRef idx="1">
-              <a:schemeClr val="accent5"/>
+              <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
-              <a:schemeClr val="accent5"/>
+              <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
-              <a:endParaRPr lang="de-DE"/>
+              <a:endParaRPr lang="en-US"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="25" name="Rechteck 24"/>
+            <p:cNvPr id="14" name="Rechteck 13">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA3EF785-ECD3-4474-B482-2F3805D7C1A5}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
-            <a:xfrm rot="16200000">
-[...1 lines deleted...]
-              <a:ext cx="278539" cy="277812"/>
+            <a:xfrm>
+              <a:off x="5729288" y="2609850"/>
+              <a:ext cx="733425" cy="381000"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
-              <a:srgbClr val="F07D00"/>
+              <a:srgbClr val="C85000"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
-              <a:schemeClr val="accent6">
+              <a:schemeClr val="accent1">
                 <a:shade val="50000"/>
               </a:schemeClr>
             </a:lnRef>
             <a:fillRef idx="1">
-              <a:schemeClr val="accent6"/>
+              <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
-              <a:schemeClr val="accent6"/>
+              <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
-              <a:endParaRPr lang="de-DE"/>
+              <a:endParaRPr lang="en-US"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="28" name="Rechteck 27"/>
+            <p:cNvPr id="15" name="Rechteck 14">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{84ECD5B7-3900-4884-A382-8DEB480B10F1}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
-            <a:xfrm rot="16200000">
-[...1 lines deleted...]
-              <a:ext cx="278539" cy="277812"/>
+            <a:xfrm>
+              <a:off x="7009210" y="2609850"/>
+              <a:ext cx="733425" cy="381000"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
-              <a:srgbClr val="63B32E"/>
+              <a:srgbClr val="FFC700"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
-              <a:schemeClr val="dk1">
+              <a:schemeClr val="accent1">
                 <a:shade val="50000"/>
               </a:schemeClr>
             </a:lnRef>
             <a:fillRef idx="1">
-              <a:schemeClr val="dk1"/>
+              <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
-              <a:schemeClr val="dk1"/>
+              <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
-              <a:endParaRPr lang="de-DE"/>
+              <a:endParaRPr lang="en-US"/>
             </a:p>
           </p:txBody>
         </p:sp>
-      </p:grpSp>
-[...13 lines deleted...]
-        </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="29" name="Rechteck 28"/>
+            <p:cNvPr id="16" name="Rechteck 15">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3DB30718-7156-48F7-887E-E8CC188CFDA7}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
-            <a:xfrm rot="16200000">
-[...1 lines deleted...]
-              <a:ext cx="278539" cy="277812"/>
+            <a:xfrm>
+              <a:off x="8289132" y="2609850"/>
+              <a:ext cx="733425" cy="381000"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
-              <a:srgbClr val="FFC000"/>
+              <a:srgbClr val="767A23"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
-              <a:schemeClr val="accent2">
+              <a:schemeClr val="accent1">
                 <a:shade val="50000"/>
               </a:schemeClr>
             </a:lnRef>
             <a:fillRef idx="1">
-              <a:schemeClr val="accent2"/>
+              <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
-              <a:schemeClr val="accent2"/>
+              <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
-              <a:endParaRPr lang="de-DE"/>
+              <a:endParaRPr lang="en-US"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="30" name="Rechteck 29"/>
+            <p:cNvPr id="17" name="Rechteck 16">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D120921B-0757-4264-BF3D-1E5FDDD63614}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
-            <a:xfrm rot="16200000">
-[...1 lines deleted...]
-              <a:ext cx="278539" cy="277812"/>
+            <a:xfrm>
+              <a:off x="9569054" y="2609850"/>
+              <a:ext cx="733425" cy="381000"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:solidFill>
+              <a:srgbClr val="007D4B"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="18" name="Rechteck 17">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{25DFB171-B7F2-4262-A1ED-1DFEA8A78F62}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="10848975" y="2609850"/>
+              <a:ext cx="733425" cy="381000"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:solidFill>
+              <a:srgbClr val="0A777F"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="45" name="Textfeld 44">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A0B61FC9-92DE-4BF9-8408-FD004145574F}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="609600" y="3100785"/>
+              <a:ext cx="1200150" cy="615553"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+                <a:t>Blau</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t> 1</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>Hex	#2F57B2</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>RGB	47 / 87 / 178</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>CMYK	90 / 50 / 0 / 0</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>NCS	3050-R90B</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="46" name="Textfeld 45">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B54B16F4-BD41-4EE8-B67B-79B4C18725B2}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="1889522" y="3100785"/>
+              <a:ext cx="1200150" cy="615553"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+                <a:t>Violett</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t> 1</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>Hex	#7369BE</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>RGB	115 / 105 / 190</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>CMYK	64 / 62 / 0 / 0</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>NCS	2050-R60B</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="47" name="Textfeld 46">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{97172466-33ED-4CC1-92DE-5502E8AB8393}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="3169444" y="3100785"/>
+              <a:ext cx="1200150" cy="615553"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>Magenta 1</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>Hex	#BC1589</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>RGB	188 / 21 / 137</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>CMYK	30 / 96 / 0 / 0</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>NCS	2060-R40B</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="48" name="Textfeld 47">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DEE3163C-D613-4E28-9A9C-09979C7175C2}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="4449366" y="3100785"/>
+              <a:ext cx="1200150" cy="615553"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="nn-NO" sz="800" dirty="0"/>
+                <a:t>Rot 1</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="nn-NO" sz="800" dirty="0"/>
+                <a:t>Hex	#D20F41</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="nn-NO" sz="800" dirty="0"/>
+                <a:t>RGB	210 / 15 / 65</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="nn-NO" sz="800" dirty="0"/>
+                <a:t>CMYK	0 / 100 / 60 / 0</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="nn-NO" sz="800" dirty="0"/>
+                <a:t>NCS	1080-R</a:t>
+              </a:r>
+              <a:endParaRPr lang="en-US" sz="800" dirty="0"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="49" name="Textfeld 48">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8ADAC513-C015-41BE-8F24-4F71D1D97649}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="5729288" y="3100785"/>
+              <a:ext cx="1200150" cy="615553"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>Orange 1</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>Hex	#C85000</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>RGB	200 / 80 / 0</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>CMYK	0 / 90 / 100 / 20</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>NCS	2075-Y70R</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="50" name="Textfeld 49">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7A3F46FD-A442-404E-9C2C-744A39C9E27F}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="7009210" y="3100785"/>
+              <a:ext cx="1200150" cy="615553"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>Gelb 1</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>Hex	#FFC700</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>RGB	255 / 199 / 0</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>CMYK	0 / 25 / 100 / 0</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>NCS	0580-Y10R</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="51" name="Textfeld 50">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E249D392-89A6-4E56-B61E-6A07B539BA89}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="8289132" y="3100785"/>
+              <a:ext cx="1200150" cy="615553"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+                <a:t>Oliv</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t> 1</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>Hex	#767A23</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>RGB	118 / 122 / 35</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>CMYK	50 / 35 / 100 / 22</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>NCS	4040-G80Y</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="52" name="Textfeld 51">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D1588A47-C981-46CA-9716-0258B0E95FBD}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="9569054" y="3100785"/>
+              <a:ext cx="1200150" cy="615553"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+                <a:t>Grün</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t> 1</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>Hex	#007D4B</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>RGB	0 / 125 / 75</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>CMYK	90 / 0 / 80 / 15</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>NCS	3050-G</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="53" name="Textfeld 52">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{17B21D9B-AEC8-4E96-8A67-3F7A3E453047}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="10848975" y="3100785"/>
+              <a:ext cx="1200150" cy="615553"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+                <a:t>Türkis</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t> 1</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>Hex	#0A777F</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>RGB	10 / 119 / 127</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>CMYK	100 / 10 / 30 / 40</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>NCS	3060-B10G</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="63" name="Gruppieren 62">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0D2C28E4-D483-4DB7-9ED4-146FA2DA7A26}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="596900" y="4681538"/>
+            <a:ext cx="11452225" cy="1120775"/>
+            <a:chOff x="596900" y="4138613"/>
+            <a:chExt cx="11452225" cy="1120775"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="19" name="Rechteck 18">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C03525DC-6B00-499C-A028-67779E2A1795}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="596900" y="4138613"/>
+              <a:ext cx="733425" cy="381000"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:solidFill>
+              <a:srgbClr val="97C6FF"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="20" name="Rechteck 19">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7AD4994E-0655-4410-90DA-75EB1594F8A6}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="1878409" y="4138613"/>
+              <a:ext cx="733425" cy="381000"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:solidFill>
+              <a:srgbClr val="C8C8FF"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="21" name="Rechteck 20">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{71E777B2-6E6B-40FC-A9D7-346217FF6FE6}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="3159918" y="4138613"/>
+              <a:ext cx="733425" cy="381000"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:solidFill>
+              <a:srgbClr val="FFB9FF"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="22" name="Rechteck 21">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1C8F898A-1C62-42E9-8192-36E04C8F0EE0}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="4441427" y="4138613"/>
+              <a:ext cx="733425" cy="381000"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:solidFill>
+              <a:srgbClr val="FFAAA5"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="23" name="Rechteck 22">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C9445892-E2B6-4CB0-B2AC-9B9033502294}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="5722936" y="4138613"/>
+              <a:ext cx="733425" cy="381000"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:solidFill>
+              <a:srgbClr val="FFBE78"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:endParaRPr lang="en-US" dirty="0"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="24" name="Rechteck 23">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8F867D91-C7AB-4064-9152-940A22934B92}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="7004445" y="4138613"/>
+              <a:ext cx="733425" cy="381000"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:solidFill>
+              <a:srgbClr val="FFE483"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:endParaRPr lang="en-US" dirty="0"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="25" name="Rechteck 24">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4F98B275-7272-42A4-BE21-CF6574D92787}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="8285954" y="4138613"/>
+              <a:ext cx="733425" cy="381000"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:solidFill>
+              <a:srgbClr val="D2DC46"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:endParaRPr lang="en-US" dirty="0"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="26" name="Rechteck 25">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CC35FD80-87D7-40D1-828C-CBB0CFA5E700}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="9567463" y="4138613"/>
+              <a:ext cx="733425" cy="381000"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:solidFill>
+              <a:srgbClr val="8CE6AA"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="27" name="Rechteck 26">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{290DCA2F-F522-4203-A40A-363C1B073648}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="10848975" y="4138613"/>
+              <a:ext cx="733425" cy="381000"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:solidFill>
+              <a:srgbClr val="8CE6D7"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="54" name="Textfeld 53">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EE5E6E0E-9E7E-4985-B2BB-6B0229531741}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="609600" y="4643835"/>
+              <a:ext cx="1200150" cy="615553"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+                <a:t>Blau</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t> 2</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>Hex	#97C6FF</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>RGB	151 / 198 / 255</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>CMYK	43 / 15 / 0 / 0</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>NCS	1040-R90B</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="55" name="Textfeld 54">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{80A1ABE7-6E52-4F47-A7F0-403DD26EB0AC}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="1889522" y="4643835"/>
+              <a:ext cx="1200150" cy="615553"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+                <a:t>Violett</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t> 2</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>Hex	#C8C8FF</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>RGB	200 / 200 / 255</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>CMYK	20 / 20 / 0 / 0</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>NCS	0520-R60B</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="56" name="Textfeld 55">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C505F438-4057-4F6D-844A-D28EFD633C30}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="3169444" y="4643835"/>
+              <a:ext cx="1200150" cy="615553"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>Magenta 2</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>Hex	#FFB9FF</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>RGB	255 / 185 / 255</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>CMYK	0 / 30 / 0 / 0</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>NCS	0520-R40B</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="57" name="Textfeld 56">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5B307C51-B940-4DA7-83B6-413E2C00CBE4}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="4449366" y="4643835"/>
+              <a:ext cx="1200150" cy="615553"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="nn-NO" sz="800" dirty="0"/>
+                <a:t>Rot 2</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="nn-NO" sz="800" dirty="0"/>
+                <a:t>Hex	#FFAAA5</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="nn-NO" sz="800" dirty="0"/>
+                <a:t>RGB	255 / 170 / 165</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="nn-NO" sz="800" dirty="0"/>
+                <a:t>CMYK	0 / 44 / 27 / 0</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="nn-NO" sz="800" dirty="0"/>
+                <a:t>NCS	1030-R</a:t>
+              </a:r>
+              <a:endParaRPr lang="en-US" sz="800" dirty="0"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="58" name="Textfeld 57">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{294D7D7D-934A-40BA-8D37-C0F89A574BFA}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="5729288" y="4643835"/>
+              <a:ext cx="1200150" cy="615553"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="800" dirty="0"/>
+                <a:t>Orange 2</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="800" dirty="0" err="1"/>
+                <a:t>Hex</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="800" dirty="0"/>
+                <a:t>	#FFBE78</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="800" dirty="0"/>
+                <a:t>RGB	255 / 190 / 120</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="800" dirty="0"/>
+                <a:t>CMYK	0 / 30 / 55 / 0</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="800" dirty="0"/>
+                <a:t>NCS	1030-Y30R</a:t>
+              </a:r>
+              <a:endParaRPr lang="en-US" sz="800" dirty="0"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="59" name="Textfeld 58">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{97181276-56DF-49BC-AE2D-384C0E6A3CAA}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="7009210" y="4643835"/>
+              <a:ext cx="1200150" cy="615553"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>Gelb 2</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>Hex	#FFE483</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>RGB	255 / 228 / 131</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>CMYK	0 / 5 / 50 / 0</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>NCS	0530-G90Y</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="60" name="Textfeld 59">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5A50BECD-151A-450E-9B17-40F5A8A51F52}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="8289132" y="4643835"/>
+              <a:ext cx="1200150" cy="615553"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+                <a:t>Oliv</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t> 2</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>Hex	#D2DC46</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>RGB	210 / 220 / 70</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>CMYK	25 / 0 / 81 / 0</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>NCS	0550-G60Y</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="61" name="Textfeld 60">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{65C35EB2-9EF4-42C9-89FA-56F3DF910281}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="9569054" y="4643835"/>
+              <a:ext cx="1200150" cy="615553"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+                <a:t>Grün</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t> 2</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>Hex	#8CE6AA</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>RGB	140 / 230 / 170</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>CMYK	45 / 0 / 45 / 0</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>NCS	2030-G10Y</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="62" name="Textfeld 61">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{18C8F522-3AA0-4E8D-B9C7-00BEB2991CB9}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="10848975" y="4643835"/>
+              <a:ext cx="1200150" cy="615553"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+                <a:t>Türkis</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t> 2</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>Hex	#8CE6D7</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>RGB	140 / 230 / 215</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>CMYK	45 / 0 / 20 / 0</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>NCS	1030-B30G</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="72" name="Gruppieren 71">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{398D963C-95BC-4910-AD7E-824F016E2F76}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="609600" y="1309688"/>
+            <a:ext cx="2019146" cy="1435100"/>
+            <a:chOff x="609600" y="1052513"/>
+            <a:chExt cx="2019146" cy="1435100"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="40" name="Rechteck 39">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D91D7398-5451-4E2C-940D-03ADC617B18C}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="616346" y="1052513"/>
+              <a:ext cx="2012400" cy="684212"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:solidFill>
+              <a:srgbClr val="00008C"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="65" name="Textfeld 64">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FAC4F9D5-8339-4153-B67B-7ACC8E16CCE3}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="609600" y="1872060"/>
+              <a:ext cx="1666875" cy="615553"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+                <a:t>Brillantblau</a:t>
+              </a:r>
+              <a:endParaRPr lang="en-US" sz="800" dirty="0"/>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>Hex	#00008C</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>RGB	0 / 0 / 140</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>CMYK	100 / 80 / 5 / 0</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>NCS	3060-R80B</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="73" name="Gruppieren 72">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8AF3DAE7-8404-4007-AE1A-C23015BA371F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="7009210" y="1309688"/>
+            <a:ext cx="5039915" cy="1435100"/>
+            <a:chOff x="7009210" y="1052513"/>
+            <a:chExt cx="5039915" cy="1435100"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="41" name="Rechteck 40">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0E41642A-5E53-4F23-8066-3BA82738D548}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="7009210" y="1052513"/>
+              <a:ext cx="733425" cy="684212"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:solidFill>
+              <a:srgbClr val="00005A"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="42" name="Rechteck 41">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{76482F71-2A0A-4B23-80EB-0CD23AF14BB6}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="8289132" y="1052513"/>
+              <a:ext cx="733425" cy="684212"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
               <a:schemeClr val="accent1">
                 <a:shade val="50000"/>
               </a:schemeClr>
             </a:lnRef>
             <a:fillRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
-              <a:endParaRPr lang="de-DE"/>
+              <a:endParaRPr lang="en-US"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="34" name="Rechteck 33"/>
+            <p:cNvPr id="43" name="Rechteck 42">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CE15FFA5-549A-417B-A278-10F761D3342D}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
-            <a:xfrm rot="16200000">
-[...1 lines deleted...]
-              <a:ext cx="278539" cy="277812"/>
+            <a:xfrm>
+              <a:off x="9569054" y="1052513"/>
+              <a:ext cx="733425" cy="684212"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
-              <a:srgbClr val="FF0066"/>
+              <a:srgbClr val="323F4B"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
-              <a:schemeClr val="dk1">
+              <a:schemeClr val="accent1">
                 <a:shade val="50000"/>
               </a:schemeClr>
             </a:lnRef>
             <a:fillRef idx="1">
-              <a:schemeClr val="dk1"/>
+              <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
-              <a:schemeClr val="dk1"/>
+              <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
-              <a:endParaRPr lang="de-DE"/>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="44" name="Rechteck 43">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BCA40B61-6453-41D0-BD2B-4309F57036C7}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="10848975" y="1052513"/>
+              <a:ext cx="733425" cy="684212"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:solidFill>
+              <a:srgbClr val="FFFFFF"/>
+            </a:solidFill>
+            <a:ln>
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="66" name="Textfeld 65">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{10648FA2-0E4E-49FB-9604-036D1C1DD8AC}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="7009210" y="1872060"/>
+              <a:ext cx="1200150" cy="615553"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+                <a:t>Dunkelblau</a:t>
+              </a:r>
+              <a:endParaRPr lang="en-US" sz="800" dirty="0"/>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>Hex	#001450</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>RGB	0 / 20 / 80</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>CMYK	100 / 70 </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="800"/>
+                <a:t>/ 10 </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>/ 60</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>NCS	7020-R70B</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="67" name="Textfeld 66">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{28BF8421-3AF0-48E1-9F0C-05D94C393A78}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="8289132" y="1872060"/>
+              <a:ext cx="1200150" cy="615553"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="nn-NO" sz="800" dirty="0"/>
+                <a:t>Schwarz</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="nn-NO" sz="800" dirty="0"/>
+                <a:t>Hex	#00000</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="nn-NO" sz="800" dirty="0"/>
+                <a:t>RGB	0 / 0 / 0</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="nn-NO" sz="800" dirty="0"/>
+                <a:t>CMYK	0 / 0 / 0 / 100</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="nn-NO" sz="800" dirty="0"/>
+                <a:t>NCS	9000-N</a:t>
+              </a:r>
+              <a:endParaRPr lang="en-US" sz="800" dirty="0"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="68" name="Textfeld 67">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FC2833BB-3657-4CB9-87DF-B812D7EC31FE}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="9569054" y="1872060"/>
+              <a:ext cx="1200150" cy="615553"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>Grau 100%</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>Hex	#323F4B</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>RGB	50 / 63 / 75</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>CMYK	45 / 20 / 5 / 80</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>NCS	8005-R80B</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="69" name="Textfeld 68">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2D11A905-2C95-4A86-9012-FE6F990FD455}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="10848975" y="1872060"/>
+              <a:ext cx="1200150" cy="615553"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+                <a:t>Weiß</a:t>
+              </a:r>
+              <a:endParaRPr lang="en-US" sz="800" dirty="0"/>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>Hex	#FFFFFF</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>RGB	255 / 255 / 255</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>CMYK	0 / 0 / 0 / 0</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="360000" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="800" dirty="0"/>
+                <a:t>NCS	0300-N</a:t>
+              </a:r>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1478966590"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3750483718"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
-[...249 lines deleted...]
-                <a:alphaOff val="0"/>
+<file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="TUD Standard_20 pt">
+  <a:themeElements>
+    <a:clrScheme name="Farbset dunkel TUD CD">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="00008C"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="FFFFFF"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="7369BE"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="BC1589"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="C85000"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="FFC700"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="2F57B2"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="0A777F"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="00008C"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="00008C"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="TUD_2025_Noto Sans">
+      <a:majorFont>
+        <a:latin typeface="Noto Sans Medium"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Noto Sans"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Subtile Körper">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:shade val="80000"/>
+            <a:satMod val="150000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="10795" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="17145" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:alpha val="50000"/>
+              <a:satMod val="150000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="44450" dist="13970" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="45000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="twoPt" dir="tl"/>
+          </a:scene3d>
+          <a:sp3d prstMaterial="flat">
+            <a:bevelT w="12700" h="25400" prst="coolSlant"/>
+          </a:sp3d>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
-            </a:lnRef>
-[...8 lines deleted...]
-                <a:alphaOff val="0"/>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
-            </a:effectRef>
-[...122 lines deleted...]
-                <a:alphaOff val="0"/>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
-            </a:effectRef>
-[...907 lines deleted...]
-</p:sld>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Präsentation14" id="{C62B1945-B232-4D8E-83C4-1C28F4DDAD5B}" vid="{32C1D9BE-417C-408C-A28B-CED54DF0D5EE}"/>
+    </a:ext>
+  </a:extLst>
+</a:theme>
 </file>
 
-<file path=ppt/tags/tag1.xml><?xml version="1.0" encoding="utf-8"?>
-[...18 lines deleted...]
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="TUD_2018_16zu9">
+<file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Seiten mit Shape variabel">
   <a:themeElements>
-    <a:clrScheme name="TUD_2021-08_grün">
+    <a:clrScheme name="TUD_2025_Blau-Türkis">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="727277"/>
+        <a:srgbClr val="566371"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="FFFFFF"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="00305D"/>
+        <a:srgbClr val="00008C"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="0069B4"/>
+        <a:srgbClr val="97C6FF"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="009FE3"/>
+        <a:srgbClr val="2F57B2"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="008244"/>
+        <a:srgbClr val="00005A"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="65B32E"/>
+        <a:srgbClr val="0A777F"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="94C356"/>
+        <a:srgbClr val="8CE6D7"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0069B4"/>
+        <a:srgbClr val="00008C"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="009FE3"/>
+        <a:srgbClr val="2F57B2"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="TUD_Open Sans">
+    <a:fontScheme name="TUD_2025_Noto Sans">
       <a:majorFont>
-        <a:latin typeface="Open Sans"/>
+        <a:latin typeface="Noto Sans Medium"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Open Sans"/>
+        <a:latin typeface="Noto Sans"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Subtile Körper">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:shade val="80000"/>
+            <a:satMod val="150000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="10795" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="17145" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:alpha val="50000"/>
+              <a:satMod val="150000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="44450" dist="13970" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="45000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="twoPt" dir="tl"/>
+          </a:scene3d>
+          <a:sp3d prstMaterial="flat">
+            <a:bevelT w="12700" h="25400" prst="coolSlant"/>
+          </a:sp3d>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Präsentation14" id="{C62B1945-B232-4D8E-83C4-1C28F4DDAD5B}" vid="{909DA9C9-A2EB-4BB3-951B-D893662D66AB}"/>
+    </a:ext>
+  </a:extLst>
+</a:theme>
+</file>
+
+<file path=ppt/theme/theme3.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
+  <a:themeElements>
+    <a:clrScheme name="Office">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="44546A"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="E7E6E6"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="4472C4"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="ED7D31"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="A5A5A5"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="FFC000"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="5B9BD5"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="70AD47"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0563C1"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="954F72"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office">
+      <a:majorFont>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -33673,504 +18769,241 @@
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="2022.06_TUD_PPT_16zu9_Vorlage.potx" id="{294745C1-E1BC-44C1-8C9D-B4CB23BDF171}" vid="{41010231-A741-4371-A565-9EF1890B6372}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
-[...284 lines deleted...]
-<file path=ppt/theme/theme3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/theme/theme4.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -34279,96 +19112,95 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template/>
+  <Template>Vorlage_Präsentation_mit Logo_2026_deutsch</Template>
   <TotalTime></TotalTime>
-  <Words>695</Words>
+  <Words>786</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Breitbild</PresentationFormat>
-  <Paragraphs>167</Paragraphs>
-  <Slides>9</Slides>
+  <Paragraphs>135</Paragraphs>
+  <Slides>6</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Verwendete Schriftarten</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>5</vt:i4>
+        <vt:i4>8</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Design</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Folientitel</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>9</vt:i4>
+        <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="15" baseType="lpstr">
+    <vt:vector size="16" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
+      <vt:lpstr>Calibri</vt:lpstr>
+      <vt:lpstr>Noto Sans</vt:lpstr>
+      <vt:lpstr>Noto Sans Medium</vt:lpstr>
+      <vt:lpstr>Noto Serif</vt:lpstr>
+      <vt:lpstr>Noto Serif Light</vt:lpstr>
       <vt:lpstr>Open Sans</vt:lpstr>
-      <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Symbol</vt:lpstr>
-      <vt:lpstr>Wingdings</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>Titel der Präsentation</vt:lpstr>
+      <vt:lpstr>TUD Standard_20 pt</vt:lpstr>
+      <vt:lpstr>Seiten mit Shape variabel</vt:lpstr>
+      <vt:lpstr>Titel der Präsentation Untertitel der Präsentation</vt:lpstr>
       <vt:lpstr>Gliederungselement</vt:lpstr>
       <vt:lpstr>PowerPoint-Präsentation</vt:lpstr>
-      <vt:lpstr>Farben  Grundfarben und Varianten</vt:lpstr>
-[...4 lines deleted...]
-      <vt:lpstr>Infografiken  mittels Smartart</vt:lpstr>
+      <vt:lpstr>Hinweise zur Nutzung der Layouts</vt:lpstr>
+      <vt:lpstr>Titel Schriftgröße 32 pt</vt:lpstr>
+      <vt:lpstr>TUD Farben</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Präsentationsvorlagen</dc:title>
-[...1 lines deleted...]
-  <dc:creator>cd@tu-dresden.de</dc:creator>
+  <dc:title>Titel der Präsentation Untertitel der Präsentation</dc:title>
+  <dc:creator>Dolch, Darleen</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>