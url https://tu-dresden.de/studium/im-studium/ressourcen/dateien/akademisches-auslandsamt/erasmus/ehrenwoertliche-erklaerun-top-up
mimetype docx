--- v0 (2025-10-16)
+++ v1 (2026-02-07)
@@ -1,57 +1,62 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="00316B0D" w:rsidRPr="00E82990" w:rsidRDefault="00E82990" w:rsidP="00316B0D">
+    <w:p w14:paraId="36FD0963" w14:textId="77777777" w:rsidR="00316B0D" w:rsidRPr="00E82990" w:rsidRDefault="00E82990" w:rsidP="00316B0D">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="160"/>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E82990">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>You only need to complete this template if you are eligible for the Green Travel Grant or at least one of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -82,66 +87,66 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00E82990">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Please print and fill in the template, upload it in Mobility Online and hand in the original signed version at the beginning of your stay in Dresden. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">The lump sums will automatically be taken into account in the calculation of your Erasmus funding. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00316B0D" w:rsidRPr="00E82990" w:rsidRDefault="00316B0D" w:rsidP="00316B0D">
+    <w:p w14:paraId="245DE4FF" w14:textId="77777777" w:rsidR="00316B0D" w:rsidRPr="00E82990" w:rsidRDefault="00316B0D" w:rsidP="00316B0D">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="160"/>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00316B0D" w:rsidRPr="00E82990" w:rsidRDefault="00FD0241" w:rsidP="00F0490A">
+    <w:p w14:paraId="4126CFCC" w14:textId="77777777" w:rsidR="00316B0D" w:rsidRPr="00E82990" w:rsidRDefault="00FD0241" w:rsidP="00F0490A">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Declaration of Hono</w:t>
       </w:r>
       <w:r w:rsidR="00E82990" w:rsidRPr="00E82990">
         <w:rPr>
@@ -172,412 +177,398 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Social </w:t>
       </w:r>
       <w:r w:rsidR="00316B0D" w:rsidRPr="00E82990">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Top-Up</w:t>
       </w:r>
       <w:r w:rsidR="00E82990">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> to Erasmus funding</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00316B0D" w:rsidRPr="00E82990" w:rsidRDefault="00316B0D" w:rsidP="00F0490A">
+    <w:p w14:paraId="08FE91B1" w14:textId="77777777" w:rsidR="00316B0D" w:rsidRPr="00E82990" w:rsidRDefault="00316B0D" w:rsidP="00F0490A">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E82990">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A60F26" w:rsidRPr="00C55D21" w:rsidRDefault="00E82990" w:rsidP="00C55D21">
+    <w:p w14:paraId="2927D8D7" w14:textId="77777777" w:rsidR="00A60F26" w:rsidRPr="00C55D21" w:rsidRDefault="00E82990" w:rsidP="00C55D21">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C55D21">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>I,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C55D21" w:rsidRPr="00C55D21" w:rsidRDefault="00E82990" w:rsidP="00A60F26">
+    <w:p w14:paraId="78B68A04" w14:textId="77777777" w:rsidR="00C55D21" w:rsidRPr="00C55D21" w:rsidRDefault="00E82990" w:rsidP="00A60F26">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00C55D21">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="00F0490A" w:rsidRPr="00C55D21">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ame</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00316B0D" w:rsidRPr="00C55D21">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C55D21" w:rsidRDefault="00E82990" w:rsidP="00A60F26">
+    <w:p w14:paraId="0DD9BA76" w14:textId="77777777" w:rsidR="00C55D21" w:rsidRDefault="00E82990" w:rsidP="00A60F26">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E82990">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>field</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E82990">
+        <w:t>field of study</w:t>
+      </w:r>
+      <w:r w:rsidR="00316B0D" w:rsidRPr="00E82990">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> of study</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00316B0D" w:rsidRPr="00E82990">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="008012C8">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>:</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C43911" w:rsidRDefault="00C43911" w:rsidP="00A60F26">
+    <w:p w14:paraId="74D2EFD8" w14:textId="77777777" w:rsidR="00C43911" w:rsidRDefault="00C43911" w:rsidP="00A60F26">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>home</w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>home university:</w:t>
+      </w:r>
+      <w:r w:rsidR="008012C8">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> university:</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008012C8" w:rsidRPr="008012C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="008012C8" w:rsidRPr="008012C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> MERGEFIELD  inst_id_heim  \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="008012C8" w:rsidRPr="008012C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00316B0D" w:rsidRPr="00E82990" w:rsidRDefault="00E82990" w:rsidP="00A60F26">
+    <w:p w14:paraId="5B482D66" w14:textId="77777777" w:rsidR="00316B0D" w:rsidRPr="00E82990" w:rsidRDefault="00E82990" w:rsidP="00A60F26">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E82990">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>host</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E82990">
+        <w:t>host country</w:t>
+      </w:r>
+      <w:r w:rsidR="00F0490A" w:rsidRPr="00E82990">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> country</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F0490A" w:rsidRPr="00E82990">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82990">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E82990">
+        <w:t>partner university</w:t>
+      </w:r>
+      <w:r w:rsidR="00316B0D" w:rsidRPr="00E82990">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>partner university</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00316B0D" w:rsidRPr="00E82990">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00F0490A" w:rsidRPr="00E82990">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00316B0D" w:rsidRPr="00E82990" w:rsidRDefault="00E82990" w:rsidP="00A60F26">
+    <w:p w14:paraId="7B028CAD" w14:textId="77777777" w:rsidR="00316B0D" w:rsidRPr="00E82990" w:rsidRDefault="00E82990" w:rsidP="00A60F26">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E82990">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>period</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E82990">
+        <w:t>period of stay</w:t>
+      </w:r>
+      <w:r w:rsidR="00316B0D" w:rsidRPr="00E82990">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> of stay</w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F0490A" w:rsidRDefault="00E82990" w:rsidP="00C55D21">
+    <w:p w14:paraId="2BDBB4E5" w14:textId="77777777" w:rsidR="00F0490A" w:rsidRDefault="00E82990" w:rsidP="00C55D21">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E82990">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>semester</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00F0490A" w:rsidRPr="00E82990">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C55D21" w:rsidRPr="00E82990" w:rsidRDefault="00C55D21" w:rsidP="00C55D21">
+    <w:p w14:paraId="26B78C56" w14:textId="77777777" w:rsidR="00C55D21" w:rsidRPr="00E82990" w:rsidRDefault="00C55D21" w:rsidP="00C55D21">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00316B0D" w:rsidRPr="00E82990" w:rsidRDefault="00E82990" w:rsidP="00316B0D">
+    <w:p w14:paraId="6A8F7C3B" w14:textId="77777777" w:rsidR="00316B0D" w:rsidRPr="00E82990" w:rsidRDefault="00E82990" w:rsidP="00316B0D">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="160"/>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E82990">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>hereby</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> apply for</w:t>
+        <w:t>hereby apply for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> t</w:t>
       </w:r>
       <w:r w:rsidRPr="00E82990">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>he following</w:t>
       </w:r>
       <w:r w:rsidR="00303384">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
@@ -611,60 +602,60 @@
         </w:rPr>
         <w:t xml:space="preserve"> (please check and follow the explanations on page 2): </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="279" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1041"/>
         <w:gridCol w:w="5054"/>
         <w:gridCol w:w="3438"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A60F26" w:rsidRPr="00E46BBC" w:rsidTr="00FD0241">
+      <w:tr w:rsidR="00A60F26" w:rsidRPr="00E46BBC" w14:paraId="1363D6C8" w14:textId="77777777" w:rsidTr="00FD0241">
         <w:trPr>
           <w:trHeight w:val="481"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1041" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBDBDB"/>
           </w:tcPr>
-          <w:p w:rsidR="00A60F26" w:rsidRPr="0081679D" w:rsidRDefault="0081679D" w:rsidP="00E82990">
+          <w:p w14:paraId="1D9DDE18" w14:textId="77777777" w:rsidR="00A60F26" w:rsidRPr="0081679D" w:rsidRDefault="0081679D" w:rsidP="00E82990">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="237" w:lineRule="exact"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E82990">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00E82990">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -675,1059 +666,1534 @@
             <w:r w:rsidR="00E82990">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00E82990">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>select</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5054" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBDBDB"/>
           </w:tcPr>
-          <w:p w:rsidR="00A60F26" w:rsidRPr="0081679D" w:rsidRDefault="00A60F26" w:rsidP="00C1246A">
+          <w:p w14:paraId="4C5DFF75" w14:textId="77777777" w:rsidR="00A60F26" w:rsidRPr="0081679D" w:rsidRDefault="00A60F26" w:rsidP="00C1246A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="237" w:lineRule="exact"/>
               <w:ind w:left="106"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0081679D">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Top-</w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Top-Up</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3438" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBDBDB"/>
           </w:tcPr>
-          <w:p w:rsidR="00A60F26" w:rsidRPr="0081679D" w:rsidRDefault="00A60F26" w:rsidP="00E82990">
+          <w:p w14:paraId="4D1E02F2" w14:textId="77777777" w:rsidR="00A60F26" w:rsidRPr="0081679D" w:rsidRDefault="00A60F26" w:rsidP="00E82990">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="237" w:lineRule="exact"/>
               <w:ind w:left="104"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0081679D">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>F</w:t>
             </w:r>
             <w:r w:rsidR="00E82990">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>unding</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A60F26" w:rsidRPr="0081174F" w:rsidTr="00FD0241">
+      <w:tr w:rsidR="00A60F26" w:rsidRPr="00072F6A" w14:paraId="16F67B06" w14:textId="77777777" w:rsidTr="00FD0241">
         <w:trPr>
           <w:trHeight w:val="281"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1041" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A60F26" w:rsidRPr="00E46BBC" w:rsidRDefault="00A60F26" w:rsidP="00C1246A">
+          <w:p w14:paraId="71C34C76" w14:textId="77777777" w:rsidR="00A60F26" w:rsidRDefault="00A60F26" w:rsidP="00C1246A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="281" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:w w:val="99"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E46BBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:w w:val="99"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>O</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="034DB535" w14:textId="77777777" w:rsidR="003A23ED" w:rsidRDefault="003A23ED" w:rsidP="00C1246A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="281" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:w w:val="99"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="78337A77" w14:textId="3745940E" w:rsidR="003A23ED" w:rsidRPr="00E46BBC" w:rsidRDefault="003A23ED" w:rsidP="00C1246A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="281" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E46BBC">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:w w:val="99"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5054" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A60F26" w:rsidRPr="00E82990" w:rsidRDefault="00E82990" w:rsidP="0081679D">
+          <w:p w14:paraId="69EE0FD4" w14:textId="408B6331" w:rsidR="00A60F26" w:rsidRPr="00E82990" w:rsidRDefault="00E82990" w:rsidP="0081679D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="114"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E82990">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Top-Up fo</w:t>
             </w:r>
             <w:r w:rsidR="00A60F26" w:rsidRPr="00E82990">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>r Green Travel</w:t>
             </w:r>
-            <w:hyperlink w:anchor="_bookmark0" w:history="1">
-[...12 lines deleted...]
-            </w:hyperlink>
+            <w:r w:rsidR="00A07BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="1F497D" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00A07BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="1F497D" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> REF _Ref143848636 \r \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00A07BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="1F497D" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A07BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="1F497D" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00A07BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="1F497D" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00A07BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="1F497D" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="00A60F26" w:rsidRPr="00E82990" w:rsidRDefault="00E82990" w:rsidP="0081679D">
+          <w:p w14:paraId="4A79A1EB" w14:textId="77777777" w:rsidR="003A23ED" w:rsidRDefault="003A23ED" w:rsidP="0081679D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="114"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E82990">
-[...6 lines deleted...]
-              <w:t>additionally</w:t>
+          </w:p>
+          <w:p w14:paraId="6CE227BB" w14:textId="510BBDB5" w:rsidR="00A60F26" w:rsidRPr="00E82990" w:rsidRDefault="00E82990" w:rsidP="0081679D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="114"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Travel Support fo</w:t>
             </w:r>
             <w:r w:rsidR="00A60F26" w:rsidRPr="00E82990">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">: </w:t>
-[...16 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">r </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A60F26" w:rsidRPr="00E82990" w:rsidRDefault="00C55D21" w:rsidP="00E82990">
+          <w:p w14:paraId="3B1B2A78" w14:textId="0B8D232E" w:rsidR="00A60F26" w:rsidRPr="00E82990" w:rsidRDefault="00C55D21" w:rsidP="00E82990">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="921"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="114"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C55D21">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>___</w:t>
             </w:r>
             <w:r w:rsidR="00A60F26" w:rsidRPr="00E82990">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E82990" w:rsidRPr="00E82990">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>travel days for Green Travel</w:t>
+              <w:t xml:space="preserve">travel days for </w:t>
+            </w:r>
+            <w:r w:rsidR="003A23ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Travel/</w:t>
+            </w:r>
+            <w:r w:rsidR="00E82990" w:rsidRPr="00E82990">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Green Travel</w:t>
             </w:r>
             <w:r w:rsidR="00A60F26" w:rsidRPr="00E82990">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3438" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A60F26" w:rsidRPr="00FD0241" w:rsidRDefault="0081174F" w:rsidP="0081679D">
+          <w:p w14:paraId="1C39090D" w14:textId="3316D892" w:rsidR="00A60F26" w:rsidRPr="00FD0241" w:rsidRDefault="0081174F" w:rsidP="0081679D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="21" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Increased travel support +</w:t>
+              <w:t xml:space="preserve">Increased travel support </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A60F26" w:rsidRPr="00FD0241" w:rsidRDefault="00FD0241" w:rsidP="00FD0241">
+          <w:p w14:paraId="3DFB5F81" w14:textId="77777777" w:rsidR="003A23ED" w:rsidRDefault="003A23ED" w:rsidP="00FD0241">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FD0241">
-[...6 lines deleted...]
-              <w:t>up to 4 additional funded travel days</w:t>
+          </w:p>
+          <w:p w14:paraId="531CE7D3" w14:textId="3EE28564" w:rsidR="00A60F26" w:rsidRPr="00FD0241" w:rsidRDefault="00503BF6" w:rsidP="00FD0241">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>up to</w:t>
+            </w:r>
+            <w:r w:rsidR="003A23ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 additional days for regular travel by plane; up to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 6</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD0241" w:rsidRPr="00FD0241">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> additional funded travel days</w:t>
+            </w:r>
+            <w:r w:rsidR="003A23ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for Green Travel</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0081174F" w:rsidRPr="0081174F" w:rsidTr="00FD0241">
+      <w:tr w:rsidR="00A7038A" w:rsidRPr="00072F6A" w14:paraId="7B98A946" w14:textId="77777777" w:rsidTr="00FD0241">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1041" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0081174F" w:rsidRPr="00E46BBC" w:rsidRDefault="0081174F" w:rsidP="00C1246A">
+          <w:p w14:paraId="08DA41D7" w14:textId="77777777" w:rsidR="00A7038A" w:rsidRPr="00E46BBC" w:rsidRDefault="00A7038A" w:rsidP="00C1246A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="281" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E46BBC">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:w w:val="99"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5054" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0081174F" w:rsidRPr="0081679D" w:rsidRDefault="0081174F" w:rsidP="00FD0241">
+          <w:p w14:paraId="381C9279" w14:textId="77777777" w:rsidR="00A7038A" w:rsidRPr="0081679D" w:rsidRDefault="00A7038A" w:rsidP="00A07BDF">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="109"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0081679D">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Social Top-Up f</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>or first-generation college students</w:t>
             </w:r>
-            <w:hyperlink w:anchor="_bookmark1" w:history="1">
-[...12 lines deleted...]
-            </w:hyperlink>
+            <w:r w:rsidR="00A07BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="1F497D" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00A07BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="1F497D" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> REF _Ref143848622 \r \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00A07BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="1F497D" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A07BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="1F497D" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00A07BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="1F497D" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00A07BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="1F497D" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3438" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="0081174F" w:rsidRPr="0081174F" w:rsidRDefault="0081174F" w:rsidP="0081174F">
+          <w:p w14:paraId="3B2BFCBB" w14:textId="77777777" w:rsidR="00A7038A" w:rsidRDefault="00A7038A" w:rsidP="00A7038A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="218B646F" w14:textId="77777777" w:rsidR="00A7038A" w:rsidRPr="0081174F" w:rsidRDefault="00A7038A" w:rsidP="0081174F">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0081174F">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">250 EUR </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">per month for long-term </w:t>
-[...59 lines deleted...]
-              <w:t xml:space="preserve"> from 15 to 30 days</w:t>
+              <w:t>per month for long-term mobilities, 100 EUR onetime for short-term mobilities up to 14 days, 250 EUR onetime for short-term mobilities from 15 to 30 days</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0081174F" w:rsidRPr="0081174F" w:rsidTr="00FD0241">
+      <w:tr w:rsidR="00A7038A" w:rsidRPr="00072F6A" w14:paraId="0C48F05F" w14:textId="77777777" w:rsidTr="00FD0241">
         <w:trPr>
           <w:trHeight w:val="239"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1041" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0081174F" w:rsidRPr="00E46BBC" w:rsidRDefault="0081174F" w:rsidP="00C1246A">
+          <w:p w14:paraId="2AA2D00D" w14:textId="77777777" w:rsidR="00A7038A" w:rsidRPr="00E46BBC" w:rsidRDefault="00A7038A" w:rsidP="00C1246A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="220" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E46BBC">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:w w:val="99"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5054" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0081174F" w:rsidRPr="00E82990" w:rsidRDefault="0081174F" w:rsidP="00E82990">
+          <w:p w14:paraId="431452AC" w14:textId="77777777" w:rsidR="00A7038A" w:rsidRPr="00E82990" w:rsidRDefault="00A7038A" w:rsidP="00A07BDF">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="109"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E82990">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Soc</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00A07BDF">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>ial Top-Up for working students</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00A07BDF">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="1F497D" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00A07BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="1F497D" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> REF _Ref143848599 \r \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00A07BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="1F497D" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A07BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="1F497D" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00A07BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="1F497D" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
               <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00A07BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="1F497D" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3438" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0081174F" w:rsidRPr="0081174F" w:rsidRDefault="0081174F" w:rsidP="00FD0241">
+          <w:p w14:paraId="7DB4630D" w14:textId="77777777" w:rsidR="00A7038A" w:rsidRPr="0081174F" w:rsidRDefault="00A7038A" w:rsidP="00FD0241">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0081174F" w:rsidRPr="0081174F" w:rsidTr="00FD0241">
+      <w:tr w:rsidR="00A7038A" w:rsidRPr="00072F6A" w14:paraId="276E4E20" w14:textId="77777777" w:rsidTr="00FD0241">
         <w:trPr>
           <w:trHeight w:val="479"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1041" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0081174F" w:rsidRPr="00E46BBC" w:rsidRDefault="0081174F" w:rsidP="00C1246A">
+          <w:p w14:paraId="653A2FB8" w14:textId="77777777" w:rsidR="00A7038A" w:rsidRPr="00E46BBC" w:rsidRDefault="00A7038A" w:rsidP="00C1246A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="281" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E46BBC">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:w w:val="99"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5054" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0081174F" w:rsidRPr="00E82990" w:rsidRDefault="0081174F" w:rsidP="00E82990">
+          <w:p w14:paraId="0445A36D" w14:textId="77777777" w:rsidR="00A7038A" w:rsidRPr="00E82990" w:rsidRDefault="00A7038A" w:rsidP="00A07BDF">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="114"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="1F497D" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E82990">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Social Top-Up for students traveling with children </w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+              <w:t>Social Top-Up for s</w:t>
+            </w:r>
+            <w:r w:rsidR="00A07BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>tudents traveling with children</w:t>
+            </w:r>
+            <w:r w:rsidR="00A07BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="1F497D" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00A07BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="1F497D" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> REF _Ref143848553 \r \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00A07BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="1F497D" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A07BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="1F497D" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00A07BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="1F497D" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00A07BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="1F497D" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="1F497D" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E82990">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">                                                                         Number of children: ____________</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3438" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0081174F" w:rsidRPr="0081174F" w:rsidRDefault="0081174F" w:rsidP="00FD0241">
+          <w:p w14:paraId="7E9B508E" w14:textId="77777777" w:rsidR="00A7038A" w:rsidRPr="0081174F" w:rsidRDefault="00A7038A" w:rsidP="00FD0241">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0081174F" w:rsidRPr="0081174F" w:rsidTr="00FD0241">
+      <w:tr w:rsidR="00A7038A" w:rsidRPr="00072F6A" w14:paraId="34885A6B" w14:textId="77777777" w:rsidTr="00FD0241">
         <w:trPr>
           <w:trHeight w:val="479"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1041" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0081174F" w:rsidRPr="00E46BBC" w:rsidRDefault="0081174F" w:rsidP="00C1246A">
+          <w:p w14:paraId="4DB7E2E3" w14:textId="77777777" w:rsidR="00A7038A" w:rsidRPr="00E46BBC" w:rsidRDefault="00A7038A" w:rsidP="00C1246A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="281" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E46BBC">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:w w:val="99"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5054" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0081174F" w:rsidRPr="00FD0241" w:rsidRDefault="0081174F" w:rsidP="00FD0241">
+          <w:p w14:paraId="22880053" w14:textId="77777777" w:rsidR="00A7038A" w:rsidRPr="00FD0241" w:rsidRDefault="00A7038A" w:rsidP="00A07BDF">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="109"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD0241">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Social Top-Up f</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>or s</w:t>
             </w:r>
             <w:r w:rsidRPr="00FD0241">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>tudents with a disability or chronic disease</w:t>
             </w:r>
-            <w:hyperlink w:anchor="_bookmark2" w:history="1">
-[...12 lines deleted...]
-            </w:hyperlink>
+            <w:r w:rsidR="00A07BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="1F497D" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00A07BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="1F497D" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> REF _Ref143848282 \r \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00A07BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="1F497D" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A07BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="1F497D" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00A07BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="1F497D" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00A07BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="1F497D" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
             <w:r w:rsidRPr="00FD0241">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3438" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0081174F" w:rsidRPr="0081174F" w:rsidRDefault="0081174F" w:rsidP="00FD0241">
+          <w:p w14:paraId="56812C2B" w14:textId="77777777" w:rsidR="00A7038A" w:rsidRPr="0081174F" w:rsidRDefault="00A7038A" w:rsidP="00FD0241">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A7038A" w:rsidRPr="00072F6A" w14:paraId="1F11B822" w14:textId="77777777" w:rsidTr="00FD0241">
+        <w:trPr>
+          <w:trHeight w:val="479"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E018AD1" w14:textId="77777777" w:rsidR="00A7038A" w:rsidRPr="00E46BBC" w:rsidRDefault="00A7038A" w:rsidP="00C1246A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="281" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:w w:val="99"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E46BBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:w w:val="99"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>O</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5054" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C376CDC" w14:textId="77777777" w:rsidR="00A7038A" w:rsidRPr="00FD0241" w:rsidRDefault="00A7038A" w:rsidP="00A7038A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="109"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Social Top-Up for students with economical hindrance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="1F497D" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="1F497D" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> REF _Ref143847187 \r \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="1F497D" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="1F497D" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="1F497D" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="1F497D" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3438" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="0558145C" w14:textId="77777777" w:rsidR="00A7038A" w:rsidRPr="0081174F" w:rsidRDefault="00A7038A" w:rsidP="00FD0241">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00316B0D" w:rsidRPr="0081174F" w:rsidRDefault="00316B0D" w:rsidP="00F0490A">
+    <w:p w14:paraId="05D1B85D" w14:textId="77777777" w:rsidR="00316B0D" w:rsidRPr="0081174F" w:rsidRDefault="00316B0D" w:rsidP="00F0490A">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00316B0D" w:rsidRPr="00FD0241" w:rsidRDefault="00FD0241" w:rsidP="00316B0D">
+    <w:p w14:paraId="599A6A40" w14:textId="77777777" w:rsidR="00316B0D" w:rsidRPr="00FD0241" w:rsidRDefault="00FD0241" w:rsidP="00316B0D">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="160"/>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FD0241">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>I have been informed about the conditions and criteria of</w:t>
       </w:r>
       <w:r w:rsidR="00144E9B">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FD0241">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">the individual Top-Ups and I am aware that I must submit evidence </w:t>
       </w:r>
       <w:r w:rsidR="00144E9B">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>for the requested Top-Ups to the International Office of TU Dresden for review.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00316B0D" w:rsidRPr="00144E9B" w:rsidRDefault="00144E9B" w:rsidP="00316B0D">
+    <w:p w14:paraId="13EB085F" w14:textId="77777777" w:rsidR="00316B0D" w:rsidRPr="00144E9B" w:rsidRDefault="00144E9B" w:rsidP="00316B0D">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="160"/>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00144E9B">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>I have completed all information to</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00144E9B">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">the best of my knowledge and acknowledge that I will be required to repay the approved grant funds in full to TU Dresden in the event of any false statements. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00327438" w:rsidRPr="00144E9B" w:rsidRDefault="00327438" w:rsidP="00316B0D">
+    <w:p w14:paraId="3AACE64D" w14:textId="77777777" w:rsidR="00327438" w:rsidRPr="00144E9B" w:rsidRDefault="00327438" w:rsidP="00316B0D">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="160"/>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Calibri" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4861" w:type="pct"/>
         <w:tblInd w:w="279" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4721"/>
         <w:gridCol w:w="5001"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00537B96" w:rsidRPr="0081174F" w:rsidTr="00327438">
+      <w:tr w:rsidR="00537B96" w:rsidRPr="00072F6A" w14:paraId="75800775" w14:textId="77777777" w:rsidTr="00327438">
         <w:trPr>
           <w:trHeight w:val="1577"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2428" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00537B96" w:rsidRPr="00144E9B" w:rsidRDefault="00144E9B" w:rsidP="00C1246A">
+          <w:p w14:paraId="160BDDE2" w14:textId="77777777" w:rsidR="00537B96" w:rsidRPr="00144E9B" w:rsidRDefault="00144E9B" w:rsidP="00C1246A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1380"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00144E9B">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Confirmation student</w:t>
             </w:r>
             <w:r w:rsidR="00537B96" w:rsidRPr="00144E9B">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00537B96" w:rsidRPr="00144E9B" w:rsidRDefault="00537B96" w:rsidP="00C1246A">
+          <w:p w14:paraId="604BECA2" w14:textId="77777777" w:rsidR="00537B96" w:rsidRPr="00144E9B" w:rsidRDefault="00537B96" w:rsidP="00C1246A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1380"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00327438" w:rsidRPr="00144E9B" w:rsidRDefault="00327438" w:rsidP="00C1246A">
+          <w:p w14:paraId="5BC1F245" w14:textId="77777777" w:rsidR="00327438" w:rsidRPr="00144E9B" w:rsidRDefault="00327438" w:rsidP="00C1246A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1380"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00327438" w:rsidRPr="00144E9B" w:rsidRDefault="00144E9B" w:rsidP="00537B96">
+          <w:p w14:paraId="3A781EBA" w14:textId="77777777" w:rsidR="00327438" w:rsidRPr="00144E9B" w:rsidRDefault="00144E9B" w:rsidP="00537B96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="3780"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidRPr="00144E9B">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
@@ -1752,118 +2218,118 @@
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>date</w:t>
             </w:r>
             <w:r w:rsidR="00327438" w:rsidRPr="00144E9B">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="00537B96" w:rsidRPr="00144E9B">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">              </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00327438" w:rsidRPr="00144E9B" w:rsidRDefault="00327438" w:rsidP="00537B96">
+          <w:p w14:paraId="2D3FA15C" w14:textId="77777777" w:rsidR="00327438" w:rsidRPr="00144E9B" w:rsidRDefault="00327438" w:rsidP="00537B96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="3780"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00327438" w:rsidRPr="00144E9B" w:rsidRDefault="00327438" w:rsidP="00537B96">
+          <w:p w14:paraId="7D1E0D73" w14:textId="77777777" w:rsidR="00327438" w:rsidRPr="00144E9B" w:rsidRDefault="00327438" w:rsidP="00537B96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="3780"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00537B96" w:rsidRPr="00144E9B" w:rsidRDefault="00144E9B" w:rsidP="00144E9B">
+          <w:p w14:paraId="04F6FC7A" w14:textId="77777777" w:rsidR="00537B96" w:rsidRPr="00144E9B" w:rsidRDefault="00144E9B" w:rsidP="00144E9B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="3780"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00144E9B">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Signature student</w:t>
             </w:r>
             <w:r w:rsidR="00327438" w:rsidRPr="00144E9B">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2572" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00537B96" w:rsidRPr="00144E9B" w:rsidRDefault="00144E9B" w:rsidP="00C1246A">
+          <w:p w14:paraId="12408600" w14:textId="77777777" w:rsidR="00537B96" w:rsidRPr="00144E9B" w:rsidRDefault="00144E9B" w:rsidP="00C1246A">
             <w:pPr>
               <w:ind w:right="282"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00144E9B">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Acknowledgement International Office after submission of</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
@@ -1871,283 +2337,268 @@
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00144E9B">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>declaration by student</w:t>
             </w:r>
             <w:r w:rsidR="00537B96" w:rsidRPr="00144E9B">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00537B96" w:rsidRPr="00144E9B" w:rsidRDefault="00537B96" w:rsidP="00C1246A">
+          <w:p w14:paraId="506171E2" w14:textId="77777777" w:rsidR="00537B96" w:rsidRPr="00144E9B" w:rsidRDefault="00537B96" w:rsidP="00C1246A">
             <w:pPr>
               <w:ind w:right="282"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00327438" w:rsidRPr="00144E9B" w:rsidRDefault="00144E9B" w:rsidP="00327438">
+          <w:p w14:paraId="455ADAAB" w14:textId="77777777" w:rsidR="00327438" w:rsidRPr="00144E9B" w:rsidRDefault="00144E9B" w:rsidP="00327438">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="3780"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidRPr="00144E9B">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>lace, date:</w:t>
             </w:r>
             <w:r w:rsidR="00537B96" w:rsidRPr="00144E9B">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">             </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00327438" w:rsidRPr="00144E9B" w:rsidRDefault="00327438" w:rsidP="00327438">
+          <w:p w14:paraId="4983BDB8" w14:textId="77777777" w:rsidR="00327438" w:rsidRPr="00144E9B" w:rsidRDefault="00327438" w:rsidP="00327438">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="3780"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00327438" w:rsidRPr="00144E9B" w:rsidRDefault="00144E9B" w:rsidP="00327438">
+          <w:p w14:paraId="5E120F63" w14:textId="77777777" w:rsidR="00327438" w:rsidRPr="00144E9B" w:rsidRDefault="00144E9B" w:rsidP="00327438">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="3780"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00144E9B">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Signature</w:t>
             </w:r>
             <w:r w:rsidR="00327438" w:rsidRPr="00144E9B">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00537B96" w:rsidRPr="00144E9B" w:rsidRDefault="00327438" w:rsidP="00144E9B">
+          <w:p w14:paraId="75E5371B" w14:textId="77777777" w:rsidR="00537B96" w:rsidRPr="00144E9B" w:rsidRDefault="00327438" w:rsidP="00144E9B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="3780"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00144E9B">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>(ERASMUS-</w:t>
             </w:r>
             <w:r w:rsidR="00144E9B" w:rsidRPr="00144E9B">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Coordinator </w:t>
             </w:r>
             <w:r w:rsidRPr="00144E9B">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>TUD)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00316B0D" w:rsidRPr="00144E9B" w:rsidRDefault="00316B0D" w:rsidP="00316B0D">
-[...14 lines deleted...]
-    <w:p w:rsidR="00327438" w:rsidRPr="00144E9B" w:rsidRDefault="00327438">
+    <w:p w14:paraId="7C6DA084" w14:textId="77777777" w:rsidR="00327438" w:rsidRPr="00144E9B" w:rsidRDefault="00327438">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:w w:val="105"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_bookmark0"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00144E9B">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:w w:val="105"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00442ECC" w:rsidRPr="00144E9B" w:rsidRDefault="00144E9B" w:rsidP="00316B0D">
+    <w:p w14:paraId="14B3E1A4" w14:textId="77777777" w:rsidR="00442ECC" w:rsidRPr="00144E9B" w:rsidRDefault="00144E9B" w:rsidP="00316B0D">
       <w:pPr>
         <w:spacing w:before="130"/>
         <w:ind w:left="168"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:w w:val="105"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00144E9B">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:w w:val="105"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Explanation of the</w:t>
       </w:r>
       <w:r w:rsidR="00686292" w:rsidRPr="00144E9B">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:spacing w:val="-27"/>
           <w:w w:val="105"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00686292" w:rsidRPr="00144E9B">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:w w:val="105"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Top-Ups</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD45B0" w:rsidRPr="00144E9B" w:rsidRDefault="00144E9B" w:rsidP="00E853FD">
+    <w:p w14:paraId="53E40374" w14:textId="77777777" w:rsidR="00AD45B0" w:rsidRPr="00144E9B" w:rsidRDefault="00144E9B" w:rsidP="00E853FD">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="222"/>
         <w:ind w:left="169" w:right="371"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:color w:val="0562C1"/>
           <w:u w:val="single" w:color="0562C1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:w w:val="105"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>The Top-Ups are pai</w:t>
       </w:r>
       <w:r w:rsidRPr="00144E9B">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:w w:val="105"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -2161,72 +2612,73 @@
         </w:rPr>
         <w:t>to t</w:t>
       </w:r>
       <w:r w:rsidRPr="00144E9B">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:w w:val="105"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">he regular </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:w w:val="105"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Erasmus </w:t>
       </w:r>
       <w:r w:rsidRPr="00144E9B">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:w w:val="105"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>mobility grant of 850 EUR per month.</w:t>
+        <w:t>mobility grant per month.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00442ECC" w:rsidRPr="00AD45B0" w:rsidRDefault="00686292" w:rsidP="00316B0D">
+    <w:p w14:paraId="6D655FCA" w14:textId="77777777" w:rsidR="00B51AC4" w:rsidRPr="00AF5DD5" w:rsidRDefault="00686292" w:rsidP="00AF5DD5">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="533"/>
         </w:tabs>
-        <w:spacing w:before="126"/>
-        <w:ind w:hanging="361"/>
+        <w:spacing w:before="126" w:after="120"/>
+        <w:ind w:left="533" w:hanging="363"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Ref143848636"/>
       <w:r w:rsidRPr="00AD45B0">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:w w:val="105"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Top-Up</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD45B0">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:spacing w:val="-16"/>
           <w:w w:val="105"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00144E9B">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:w w:val="105"/>
@@ -2266,147 +2718,153 @@
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Green</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD45B0">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:spacing w:val="-15"/>
           <w:w w:val="105"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AD45B0">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:w w:val="105"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Travel</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w:rsidR="00B51AC4" w:rsidRDefault="00B51AC4" w:rsidP="00B51AC4">
+    <w:p w14:paraId="6518C2BD" w14:textId="77777777" w:rsidR="00442ECC" w:rsidRPr="00B51AC4" w:rsidRDefault="000B72DE" w:rsidP="00B51AC4">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:ind w:left="169"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:w w:val="105"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="000B72DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:w w:val="105"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You can apply for this Top-Up if you will travel to and/or from the partner university by one </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:w w:val="105"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>of t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B72DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:w w:val="105"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>he following means of transportation (at least 50% of the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:w w:val="105"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> total tr</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B72DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:w w:val="105"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>avel distance</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:w w:val="105"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>): train, carpool, bus, bicycle, and walking.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00442ECC" w:rsidRPr="00B51AC4" w:rsidRDefault="000B72DE" w:rsidP="00B51AC4">
-[...58 lines deleted...]
-    <w:p w:rsidR="00886D5F" w:rsidRDefault="000B72DE" w:rsidP="0081174F">
+    <w:p w14:paraId="01F3BE55" w14:textId="0165A27A" w:rsidR="00886D5F" w:rsidRDefault="000B72DE" w:rsidP="0081174F">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:after="240"/>
         <w:ind w:left="169"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:w w:val="105"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B72DE">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:w w:val="105"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">The funding </w:t>
       </w:r>
       <w:r w:rsidR="0081174F">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:w w:val="105"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>consists of an increased travel support and up to 4 additional funded travel days</w:t>
+        <w:t xml:space="preserve">consists of an increased travel support and up to </w:t>
+      </w:r>
+      <w:r w:rsidR="003A23ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:w w:val="105"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="0081174F">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:w w:val="105"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> additional funded travel days</w:t>
       </w:r>
       <w:r w:rsidRPr="000B72DE">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:w w:val="105"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:w w:val="105"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Green Travel </w:t>
       </w:r>
       <w:r w:rsidRPr="00B51AC4">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:w w:val="105"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>is not applicable for travel distances of 4000km and more</w:t>
@@ -2418,804 +2876,708 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00886D5F" w:rsidRPr="00886D5F">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:w w:val="105"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="169" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1811"/>
         <w:gridCol w:w="3685"/>
         <w:gridCol w:w="4335"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0081174F" w:rsidTr="0081174F">
+      <w:tr w:rsidR="0081174F" w:rsidRPr="00072F6A" w14:paraId="0F7ABCEA" w14:textId="77777777" w:rsidTr="0081174F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1811" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w:rsidR="0081174F" w:rsidRPr="0081174F" w:rsidRDefault="0081174F" w:rsidP="00B51AC4">
+          <w:p w14:paraId="7ED9650B" w14:textId="77777777" w:rsidR="0081174F" w:rsidRPr="0081174F" w:rsidRDefault="0081174F" w:rsidP="00B51AC4">
             <w:pPr>
               <w:pStyle w:val="Textkrper"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:w w:val="105"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0081174F">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:w w:val="105"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Distance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w:rsidR="0081174F" w:rsidRPr="0081174F" w:rsidRDefault="0081174F" w:rsidP="00B51AC4">
+          <w:p w14:paraId="7506509B" w14:textId="77777777" w:rsidR="0081174F" w:rsidRPr="0081174F" w:rsidRDefault="0081174F" w:rsidP="00B51AC4">
             <w:pPr>
               <w:pStyle w:val="Textkrper"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:w w:val="105"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0081174F">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:w w:val="105"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Travel support without Green Travel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4335" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w:rsidR="0081174F" w:rsidRPr="0081174F" w:rsidRDefault="0081174F" w:rsidP="00B51AC4">
+          <w:p w14:paraId="0E4F3396" w14:textId="77777777" w:rsidR="0081174F" w:rsidRPr="0081174F" w:rsidRDefault="0081174F" w:rsidP="00B51AC4">
             <w:pPr>
               <w:pStyle w:val="Textkrper"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:w w:val="105"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0081174F">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:w w:val="105"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Travel Support with Green Travel</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0081174F" w:rsidTr="0081174F">
+      <w:tr w:rsidR="0081174F" w14:paraId="3BEDE227" w14:textId="77777777" w:rsidTr="0081174F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1811" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0081174F" w:rsidRDefault="0081174F" w:rsidP="00B51AC4">
+          <w:p w14:paraId="72AE120E" w14:textId="77777777" w:rsidR="0081174F" w:rsidRDefault="0081174F" w:rsidP="00B51AC4">
             <w:pPr>
               <w:pStyle w:val="Textkrper"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:w w:val="105"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:w w:val="105"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>500 – 1999 km</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0081174F" w:rsidRDefault="0081174F" w:rsidP="00B51AC4">
+          <w:p w14:paraId="1AF79401" w14:textId="77777777" w:rsidR="0081174F" w:rsidRDefault="00503BF6" w:rsidP="00B51AC4">
             <w:pPr>
               <w:pStyle w:val="Textkrper"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:w w:val="105"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:w w:val="105"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>275 EUR</w:t>
+              <w:t>309</w:t>
+            </w:r>
+            <w:r w:rsidR="0081174F">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:w w:val="105"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> EUR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4335" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0081174F" w:rsidRDefault="0081174F" w:rsidP="00B51AC4">
+          <w:p w14:paraId="26F5BA04" w14:textId="77777777" w:rsidR="0081174F" w:rsidRDefault="00503BF6" w:rsidP="00B51AC4">
             <w:pPr>
               <w:pStyle w:val="Textkrper"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:w w:val="105"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:w w:val="105"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>320 EUR</w:t>
+              <w:t>417</w:t>
+            </w:r>
+            <w:r w:rsidR="0081174F">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:w w:val="105"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> EUR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0081174F" w:rsidTr="0081174F">
+      <w:tr w:rsidR="0081174F" w14:paraId="03FD3DE0" w14:textId="77777777" w:rsidTr="0081174F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1811" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0081174F" w:rsidRDefault="0081174F" w:rsidP="00B51AC4">
+          <w:p w14:paraId="3009BC93" w14:textId="77777777" w:rsidR="0081174F" w:rsidRDefault="0081174F" w:rsidP="00B51AC4">
             <w:pPr>
               <w:pStyle w:val="Textkrper"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:w w:val="105"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:w w:val="105"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">2000 – 2999 km </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0081174F" w:rsidRDefault="0081174F" w:rsidP="00B51AC4">
+          <w:p w14:paraId="0094150B" w14:textId="77777777" w:rsidR="0081174F" w:rsidRDefault="00503BF6" w:rsidP="00B51AC4">
             <w:pPr>
               <w:pStyle w:val="Textkrper"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:w w:val="105"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:w w:val="105"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>360 EUR</w:t>
+              <w:t>395</w:t>
+            </w:r>
+            <w:r w:rsidR="0081174F">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:w w:val="105"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> EUR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4335" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0081174F" w:rsidRDefault="0081174F" w:rsidP="00B51AC4">
+          <w:p w14:paraId="4BF7FEF8" w14:textId="77777777" w:rsidR="0081174F" w:rsidRDefault="00503BF6" w:rsidP="00B51AC4">
             <w:pPr>
               <w:pStyle w:val="Textkrper"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:w w:val="105"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:w w:val="105"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>410 EUR</w:t>
+              <w:t>535</w:t>
+            </w:r>
+            <w:r w:rsidR="0081174F">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:w w:val="105"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> EUR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0081174F" w:rsidTr="0081174F">
+      <w:tr w:rsidR="0081174F" w14:paraId="35B1506F" w14:textId="77777777" w:rsidTr="0081174F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1811" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0081174F" w:rsidRDefault="0081174F" w:rsidP="00B51AC4">
+          <w:p w14:paraId="253B67C9" w14:textId="77777777" w:rsidR="0081174F" w:rsidRDefault="0081174F" w:rsidP="00B51AC4">
             <w:pPr>
               <w:pStyle w:val="Textkrper"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:w w:val="105"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:w w:val="105"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3000 – 3999 km</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0081174F" w:rsidRDefault="0081174F" w:rsidP="00B51AC4">
+          <w:p w14:paraId="73094057" w14:textId="77777777" w:rsidR="0081174F" w:rsidRDefault="00503BF6" w:rsidP="00B51AC4">
             <w:pPr>
               <w:pStyle w:val="Textkrper"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:w w:val="105"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:w w:val="105"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>530 EUR</w:t>
+              <w:t>58</w:t>
+            </w:r>
+            <w:r w:rsidR="0081174F">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:w w:val="105"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>0 EUR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4335" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0081174F" w:rsidRDefault="0081174F" w:rsidP="00B51AC4">
+          <w:p w14:paraId="44F63DE5" w14:textId="77777777" w:rsidR="0081174F" w:rsidRDefault="00503BF6" w:rsidP="00B51AC4">
             <w:pPr>
               <w:pStyle w:val="Textkrper"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:w w:val="105"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:w w:val="105"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>610 EUR</w:t>
+              <w:t>785</w:t>
+            </w:r>
+            <w:r w:rsidR="0081174F">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:w w:val="105"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> EUR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0081174F" w:rsidRDefault="0081174F" w:rsidP="00B51AC4">
+    <w:p w14:paraId="6E678EC9" w14:textId="77777777" w:rsidR="0081174F" w:rsidRDefault="0081174F" w:rsidP="00B51AC4">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:ind w:left="169"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:w w:val="105"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000B72DE" w:rsidRPr="000B72DE" w:rsidRDefault="00886D5F" w:rsidP="00B51AC4">
+    <w:p w14:paraId="15DD9468" w14:textId="77777777" w:rsidR="000B72DE" w:rsidRPr="000B72DE" w:rsidRDefault="00886D5F" w:rsidP="00B51AC4">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:ind w:left="169"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:w w:val="105"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B72DE">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:w w:val="105"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>By applying for this Top-Up, you agree to submit proof</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:w w:val="105"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> that verifies the above criteria to the International Office of TU Dresden.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00442ECC" w:rsidRPr="00E853FD" w:rsidRDefault="00686292" w:rsidP="00316B0D">
+    <w:p w14:paraId="70931619" w14:textId="77777777" w:rsidR="00442ECC" w:rsidRPr="00AF5DD5" w:rsidRDefault="00686292" w:rsidP="00AF5DD5">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="533"/>
         </w:tabs>
-        <w:spacing w:before="204"/>
-        <w:ind w:hanging="361"/>
+        <w:spacing w:before="204" w:after="120"/>
+        <w:ind w:left="533" w:hanging="363"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:w w:val="105"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Ref143848622"/>
       <w:r w:rsidRPr="00AD45B0">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:w w:val="105"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Social</w:t>
       </w:r>
       <w:r w:rsidRPr="00E853FD">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:w w:val="105"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AD45B0">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:w w:val="105"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Top-Up</w:t>
       </w:r>
       <w:r w:rsidRPr="00E853FD">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:w w:val="105"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000B72DE">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:w w:val="105"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>for first-generation students</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w:rsidR="00442ECC" w:rsidRPr="00AD45B0" w:rsidRDefault="00442ECC" w:rsidP="00316B0D">
-[...10 lines deleted...]
-    <w:p w:rsidR="00886D5F" w:rsidRDefault="000B72DE" w:rsidP="00316B0D">
+    <w:p w14:paraId="55C39F63" w14:textId="77777777" w:rsidR="00886D5F" w:rsidRDefault="000B72DE" w:rsidP="00316B0D">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:ind w:left="169"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:w w:val="105"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B72DE">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:w w:val="105"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Students, whose parents or officially confirmed reference persons have not acquired an academic degree, can apply for this Top-Up. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A855ED" w:rsidRPr="00886D5F" w:rsidRDefault="000B72DE" w:rsidP="00886D5F">
-[...96 lines deleted...]
-    <w:p w:rsidR="00442ECC" w:rsidRPr="00886D5F" w:rsidRDefault="00686292" w:rsidP="00316B0D">
+    <w:p w14:paraId="4CC67ECB" w14:textId="77777777" w:rsidR="00442ECC" w:rsidRPr="00AF5DD5" w:rsidRDefault="00686292" w:rsidP="00AF5DD5">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="533"/>
         </w:tabs>
-        <w:spacing w:before="202"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        <w:spacing w:before="202" w:after="120"/>
+        <w:ind w:left="533" w:hanging="363"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:w w:val="105"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00886D5F">
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Ref143848599"/>
+      <w:r w:rsidRPr="00AF5DD5">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:w w:val="105"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:lang w:val="en-US"/>
-[...6 lines deleted...]
-          <w:spacing w:val="-5"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Social Top-Up </w:t>
+      </w:r>
+      <w:r w:rsidR="00886D5F" w:rsidRPr="00AF5DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:w w:val="105"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:lang w:val="en-US"/>
-[...30 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>for working students</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="3"/>
     </w:p>
-    <w:p w:rsidR="00442ECC" w:rsidRPr="00886D5F" w:rsidRDefault="00442ECC" w:rsidP="00316B0D">
-[...10 lines deleted...]
-    <w:p w:rsidR="00442ECC" w:rsidRDefault="00886D5F" w:rsidP="00316B0D">
+    <w:p w14:paraId="75FB05D0" w14:textId="77777777" w:rsidR="00442ECC" w:rsidRDefault="00886D5F" w:rsidP="00316B0D">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:ind w:left="170" w:right="290"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:w w:val="105"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00886D5F">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:w w:val="105"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Students</w:t>
       </w:r>
       <w:r w:rsidR="00303384">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:w w:val="105"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00886D5F">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:w w:val="105"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> who were employed prior to beginning their study abroad program and are unable to continue their employment while abroad</w:t>
       </w:r>
       <w:r w:rsidR="00303384">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:w w:val="105"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00886D5F">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:w w:val="105"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> are eligible to apply for this Top-Up. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00886D5F" w:rsidRPr="00886D5F" w:rsidRDefault="00886D5F" w:rsidP="00316B0D">
+    <w:p w14:paraId="3A1AF51F" w14:textId="77777777" w:rsidR="00886D5F" w:rsidRPr="00886D5F" w:rsidRDefault="00886D5F" w:rsidP="00316B0D">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:ind w:left="170" w:right="290"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:w w:val="105"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:w w:val="105"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">The job must have been carried out for at least 6 </w:t>
       </w:r>
       <w:r w:rsidR="00303384">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:w w:val="105"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">consecutive </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:w w:val="105"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">months before the start of the stay abroad. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00886D5F" w:rsidRPr="00886D5F" w:rsidRDefault="00886D5F" w:rsidP="00886D5F">
+    <w:p w14:paraId="373A8A24" w14:textId="77777777" w:rsidR="00886D5F" w:rsidRPr="00886D5F" w:rsidRDefault="00886D5F" w:rsidP="00886D5F">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:ind w:left="169"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:w w:val="105"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B72DE">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:w w:val="105"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>By applying for this Top-Up, you agree to submit proof</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:w w:val="105"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> that verifies the above criteria to the International Office of TU Dresden (e.g. working contract, confirmation of employer). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00442ECC" w:rsidRPr="00886D5F" w:rsidRDefault="00442ECC" w:rsidP="00316B0D">
+    <w:p w14:paraId="5BD265C9" w14:textId="77777777" w:rsidR="00442ECC" w:rsidRPr="00886D5F" w:rsidRDefault="00442ECC" w:rsidP="00316B0D">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:w w:val="105"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00442ECC" w:rsidRPr="00B51AC4" w:rsidRDefault="00686292" w:rsidP="00316B0D">
+    <w:p w14:paraId="3197C0A3" w14:textId="77777777" w:rsidR="00442ECC" w:rsidRPr="00AF5DD5" w:rsidRDefault="00686292" w:rsidP="00AF5DD5">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="572"/>
         </w:tabs>
-        <w:ind w:left="571" w:hanging="364"/>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="573" w:hanging="363"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Ref143848553"/>
       <w:r w:rsidRPr="00B51AC4">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:w w:val="105"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Social</w:t>
       </w:r>
       <w:r w:rsidRPr="00B51AC4">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:spacing w:val="-9"/>
           <w:w w:val="105"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B51AC4">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:w w:val="105"/>
@@ -3224,141 +3586,134 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Top-Up</w:t>
       </w:r>
       <w:r w:rsidRPr="00B51AC4">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:spacing w:val="-9"/>
           <w:w w:val="105"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B51AC4" w:rsidRPr="00B51AC4">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:w w:val="105"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>for students traveling with children</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="4"/>
     </w:p>
-    <w:p w:rsidR="00442ECC" w:rsidRPr="00C55D21" w:rsidRDefault="00442ECC" w:rsidP="00B51AC4">
-[...9 lines deleted...]
-    <w:p w:rsidR="00B51AC4" w:rsidRDefault="00B51AC4" w:rsidP="00B51AC4">
+    <w:p w14:paraId="25C60748" w14:textId="77777777" w:rsidR="00B51AC4" w:rsidRDefault="00B51AC4" w:rsidP="00B51AC4">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:ind w:left="169"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:w w:val="105"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B51AC4">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:w w:val="105"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Students traveling abroad with their child/children can apply for this Top-Up. </w:t>
       </w:r>
       <w:r w:rsidR="00303384">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:w w:val="105"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Double funding of a child when both parents are receiving Erasmus funding is not possible.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B51AC4" w:rsidRPr="00B51AC4" w:rsidRDefault="00B51AC4" w:rsidP="00B51AC4">
+    <w:p w14:paraId="3912155F" w14:textId="77777777" w:rsidR="00B51AC4" w:rsidRPr="00B51AC4" w:rsidRDefault="00B51AC4" w:rsidP="00B51AC4">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:ind w:left="169"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B72DE">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:w w:val="105"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>By applying for this Top-Up, you agree to submit proof</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:w w:val="105"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> that the child belongs to you and will be traveling with you (e.g. child’s birth certificate, travel ticket). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00442ECC" w:rsidRPr="00B51AC4" w:rsidRDefault="00442ECC" w:rsidP="00316B0D">
+    <w:p w14:paraId="05CAAA8B" w14:textId="77777777" w:rsidR="00442ECC" w:rsidRPr="00B51AC4" w:rsidRDefault="00442ECC" w:rsidP="00316B0D">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00442ECC" w:rsidRPr="00B51AC4" w:rsidRDefault="00686292" w:rsidP="00316B0D">
+    <w:p w14:paraId="4AFD3F7B" w14:textId="77777777" w:rsidR="00442ECC" w:rsidRPr="00AF5DD5" w:rsidRDefault="00686292" w:rsidP="00AF5DD5">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="572"/>
         </w:tabs>
-        <w:ind w:left="571" w:hanging="364"/>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="573" w:hanging="363"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Ref143848282"/>
       <w:r w:rsidRPr="00B51AC4">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:w w:val="105"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Social</w:t>
       </w:r>
       <w:r w:rsidRPr="00B51AC4">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:spacing w:val="1"/>
           <w:w w:val="105"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B51AC4">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:w w:val="105"/>
@@ -3367,144 +3722,247 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Top-Up</w:t>
       </w:r>
       <w:r w:rsidRPr="00B51AC4">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:spacing w:val="2"/>
           <w:w w:val="105"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B51AC4" w:rsidRPr="00B51AC4">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:w w:val="105"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>for students with disabilities or chronic illnesses</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="5"/>
     </w:p>
-    <w:p w:rsidR="00442ECC" w:rsidRPr="00C55D21" w:rsidRDefault="00442ECC" w:rsidP="00316B0D">
+    <w:p w14:paraId="7079393B" w14:textId="77777777" w:rsidR="00B51AC4" w:rsidRPr="00303384" w:rsidRDefault="00B51AC4" w:rsidP="00316B0D">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="4"/>
         <w:ind w:left="205" w:right="290"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
-          <w:w w:val="105"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00303384">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:w w:val="105"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Students </w:t>
+      </w:r>
+      <w:r w:rsidR="00303384" w:rsidRPr="00303384">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:w w:val="105"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">with a disability or a chronic illness resulting in additional financial needs abroad can apply for this Top-Up. </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00B51AC4" w:rsidRPr="00303384" w:rsidRDefault="00B51AC4" w:rsidP="00316B0D">
-[...26 lines deleted...]
-    <w:p w:rsidR="00442ECC" w:rsidRPr="00303384" w:rsidRDefault="00303384" w:rsidP="00303384">
+    <w:p w14:paraId="75958DAF" w14:textId="77777777" w:rsidR="00442ECC" w:rsidRPr="00303384" w:rsidRDefault="00303384" w:rsidP="00303384">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="9"/>
         <w:ind w:left="205"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B72DE">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:w w:val="105"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>By applying for this Top-Up, you agree to submit proof</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:w w:val="105"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> of your disability or chronic illness resulting in additional financial needs abroad (e.g. confirming medical certificate stating additional financial needs abroad or disability certificate). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00442ECC" w:rsidRPr="00303384" w:rsidRDefault="00303384" w:rsidP="00316B0D">
+    <w:p w14:paraId="05695928" w14:textId="77777777" w:rsidR="00442ECC" w:rsidRDefault="00303384" w:rsidP="00316B0D">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:ind w:left="205"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:w w:val="105"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00303384">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:w w:val="105"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Students with a very high degree of disability can apply for additional funding by contacting the Erasmus coordinator at TU Dresden</w:t>
       </w:r>
       <w:r w:rsidR="00686292" w:rsidRPr="00303384">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:w w:val="105"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00442ECC" w:rsidRPr="00303384" w:rsidRDefault="00303384" w:rsidP="00316B0D">
+    <w:p w14:paraId="358DFA45" w14:textId="77777777" w:rsidR="00AF7AD6" w:rsidRDefault="00AF7AD6" w:rsidP="00316B0D">
+      <w:pPr>
+        <w:pStyle w:val="Textkrper"/>
+        <w:ind w:left="205"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:w w:val="105"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22C6FF63" w14:textId="77777777" w:rsidR="00A7038A" w:rsidRPr="00AF5DD5" w:rsidRDefault="00AF7AD6" w:rsidP="00AF5DD5">
+      <w:pPr>
+        <w:pStyle w:val="Textkrper"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="527" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Ref143847187"/>
+      <w:r w:rsidRPr="00AF7AD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Social Top-Up for students with economical </w:t>
+      </w:r>
+      <w:r w:rsidR="00A7038A">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>hindrance</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+    </w:p>
+    <w:p w14:paraId="47403608" w14:textId="77777777" w:rsidR="00AF5DD5" w:rsidRPr="00AF5DD5" w:rsidRDefault="00A7038A" w:rsidP="00A7038A">
+      <w:pPr>
+        <w:pStyle w:val="Textkrper"/>
+        <w:ind w:left="172"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:w w:val="105"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF5DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:w w:val="105"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Students who, due to their economic</w:t>
+      </w:r>
+      <w:r w:rsidR="00A07BDF" w:rsidRPr="00AF5DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:w w:val="105"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>al</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF5DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:w w:val="105"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> background, cannot participate in </w:t>
+      </w:r>
+      <w:r w:rsidR="00A07BDF" w:rsidRPr="00AF5DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:w w:val="105"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the Erasmus+ program </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF5DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:w w:val="105"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or can only do so under more difficult conditions, can apply for this Top-Up. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00072F6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:w w:val="105"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>This includes, for example, students who have to provide financial proof in order to obtain a visa.</w:t>
+      </w:r>
+      <w:r w:rsidR="00777C15" w:rsidRPr="00AF5DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:w w:val="105"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0565AC2C" w14:textId="77777777" w:rsidR="00442ECC" w:rsidRPr="00303384" w:rsidRDefault="00303384" w:rsidP="00316B0D">
       <w:pPr>
         <w:spacing w:before="212"/>
         <w:ind w:left="205" w:right="697"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00303384">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Watch out</w:t>
       </w:r>
       <w:r w:rsidR="00686292" w:rsidRPr="00303384">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
@@ -3536,180 +3994,194 @@
         </w:rPr>
         <w:t>different Social Top-Ups cannot be combined – please apply for only one Social Top-Up</w:t>
       </w:r>
       <w:r w:rsidRPr="00303384">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">! </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">A combination with Green Travel is possible. </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00442ECC" w:rsidRPr="00303384">
-      <w:headerReference w:type="default" r:id="rId8"/>
-      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:headerReference w:type="even" r:id="rId8"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="even" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="first" r:id="rId12"/>
+      <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11910" w:h="16840"/>
       <w:pgMar w:top="1480" w:right="940" w:bottom="880" w:left="960" w:header="451" w:footer="682" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00C6286E" w:rsidRDefault="00686292">
+    <w:p w14:paraId="478791B9" w14:textId="77777777" w:rsidR="00C6286E" w:rsidRDefault="00686292">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00C6286E" w:rsidRDefault="00686292">
+    <w:p w14:paraId="6DFC13F1" w14:textId="77777777" w:rsidR="00C6286E" w:rsidRDefault="00686292">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Trebuchet MS">
     <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Sans Unicode">
     <w:panose1 w:val="020B0602030504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000AFF" w:usb1="0000396B" w:usb2="00000000" w:usb3="00000000" w:csb0="000000BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Open Sans">
     <w:panose1 w:val="020B0606030504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002EF" w:usb1="4000205B" w:usb2="00000028" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00442ECC" w:rsidRDefault="00D13560">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="7D8AAAFA" w14:textId="77777777" w:rsidR="003A23ED" w:rsidRDefault="003A23ED">
+    <w:pPr>
+      <w:pStyle w:val="Fuzeile"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="408FBC94" w14:textId="77777777" w:rsidR="00442ECC" w:rsidRDefault="00D13560">
     <w:pPr>
       <w:pStyle w:val="Textkrper"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="de-DE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="23C6009F" wp14:editId="7E128C1B">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>812042</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10119815</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1665027" cy="164465"/>
               <wp:effectExtent l="0" t="0" r="11430" b="6985"/>
               <wp:wrapNone/>
               <wp:docPr id="2" name="docshape1"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="1665027" cy="164465"/>
                       </a:xfrm>
@@ -3720,239 +4192,278 @@
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:solidFill>
                               <a:srgbClr val="FFFFFF"/>
                             </a:solidFill>
                           </a14:hiddenFill>
                         </a:ext>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="00442ECC" w:rsidRDefault="00442ECC">
+                        <w:p w14:paraId="2895D86D" w14:textId="77777777" w:rsidR="00442ECC" w:rsidRDefault="00442ECC">
                           <w:pPr>
                             <w:spacing w:before="16" w:line="243" w:lineRule="exact"/>
                             <w:ind w:left="20"/>
                             <w:rPr>
                               <w:sz w:val="16"/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="23C6009F" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="docshape1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:63.95pt;margin-top:796.85pt;width:131.1pt;height:12.95pt;z-index:-251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDdRfrCqwIAAKgFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuOmzAQfa/Uf7D8znIpIQEtWe2GUFXa&#10;XqRtP8AxJlgFm9pOyLbqv3dsQjbZVaWqLQ/W2B6fmTNzmOubQ9eiPVOaS5Hj8CrAiAkqKy62Of7y&#10;ufQWGGlDREVaKViOH5nGN8vXr66HPmORbGRbMYUAROhs6HPcGNNnvq9pwzqir2TPBFzWUnXEwFZt&#10;/UqRAdC71o+CIPEHqapeScq0htNivMRLh1/XjJqPda2ZQW2OITfjVuXWjV395TXJtor0DafHNMhf&#10;ZNERLiDoCaoghqCd4i+gOk6V1LI2V1R2vqxrTpnjAGzC4Bmbh4b0zHGB4uj+VCb9/2Dph/0nhXiV&#10;4wgjQTpoUSWptoFDW5yh1xn4PPTgZQ538gBNdkR1fy/pV42EXDVEbNmtUnJoGKkgOffSP3s64mgL&#10;shneywqikJ2RDuhQq85WDmqBAB2a9HhqDDsYRG3IJJkF0RwjCndhEsfJzCbnk2x63Stt3jLZIWvk&#10;WEHjHTrZ32szuk4uNpiQJW9b1/xWXBwA5ngCseGpvbNZuF7+SIN0vVgvYi+OkrUXB0Xh3Zar2EvK&#10;cD4r3hSrVRH+tHHDOGt4VTFhw0y6CuM/69tR4aMiTsrSsuWVhbMpabXdrFqF9gR0XbrvWJAzN/8y&#10;DVcv4PKMUhjFwV2UemWymHtxGc+8dB4svCBM79IkiNO4KC8p3XPB/p0SGnKczqLZKKbfcgvc95Ib&#10;yTpuYHK0vMvx4uREMivBtahcaw3h7WiflcKm/1QKaPfUaCdYq9FRreawOQCKVfFGVo8gXSVBWaBP&#10;GHdgNFJ9x2iA0ZFj/W1HFMOofSdA/nbOTIaajM1kEEHhaY4NRqO5MuM82vWKbxtAHn8wIW/hF6m5&#10;U+9TFpC63cA4cCSOo8vOm/O983oasMtfAAAA//8DAFBLAwQUAAYACAAAACEAE7BuG+IAAAANAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KidVqQ4xKkqBCekijQcODqJm1iN1yF2&#10;2/D3XU5w29kdzb7JN7Mb2NlMwXpUkCwEMIONby12Cj6rt4cnYCFqbPXg0Sj4MQE2xe1NrrPWX7A0&#10;533sGIVgyLSCPsYx4zw0vXE6LPxokG4HPzkdSU4dbyd9oXA38KUQKXfaIn3o9WheetMc9yenYPuF&#10;5av93tUf5aG0VSUFvqdHpe7v5u0zsGjm+GeGX3xCh4KYan/CNrCB9HItyUrDo1ytgZFlJUUCrKZV&#10;msgUeJHz/y2KKwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDdRfrCqwIAAKgFAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQATsG4b4gAAAA0BAAAP&#10;AAAAAAAAAAAAAAAAAAUFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAFAYAAAAA&#10;" filled="f" stroked="f">
+            <v:shape id="docshape1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:63.95pt;margin-top:796.85pt;width:131.1pt;height:12.95pt;z-index:-251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA5qgUf1gEAAJEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgJWm8w4hRdiw4D&#10;ugvQ7QMUWbKN2aJGKrGzrx8lx+kub8NeBEqiDs85pLY309CLo0HqwFVyvcqlME5D3bmmkl+/PLx6&#10;IwUF5WrVgzOVPBmSN7uXL7ajL80GWuhrg4JBHJWjr2Qbgi+zjHRrBkUr8MbxpQUcVOAtNlmNamT0&#10;oc82eV5kI2DtEbQh4tP7+VLuEr61RodP1pIJoq8kcwtpxbTu45rttqpsUPm202ca6h9YDKpzXPQC&#10;da+CEgfs/oIaOo1AYMNKw5CBtZ02SQOrWed/qHlqlTdJC5tD/mIT/T9Y/fH45D+jCNNbmLiBSQT5&#10;R9DfSDi4a5VrzC0ijK1RNRdeR8uy0VN5fhqtppIiyH78ADU3WR0CJKDJ4hBdYZ2C0bkBp4vpZgpC&#10;x5JFcZ1vXkuh+W5dXF0V16mEKpfXHim8MzCIGFQSuakJXR0fKUQ2qlxSYjEHD13fp8b27rcDTown&#10;iX0kPFMP037i7KhiD/WJdSDMc8JzzUEL+EOKkWekkvT9oNBI0b937EUcqCXAJdgvgXKan1YySDGH&#10;d2EevIPHrmkZeXbbwS37Zbsk5ZnFmSf3PSk8z2gcrF/3Kev5J+1+AgAA//8DAFBLAwQUAAYACAAA&#10;ACEAE7BuG+IAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KidVqQ4xKkq&#10;BCekijQcODqJm1iN1yF22/D3XU5w29kdzb7JN7Mb2NlMwXpUkCwEMIONby12Cj6rt4cnYCFqbPXg&#10;0Sj4MQE2xe1NrrPWX7A0533sGIVgyLSCPsYx4zw0vXE6LPxokG4HPzkdSU4dbyd9oXA38KUQKXfa&#10;In3o9WheetMc9yenYPuF5av93tUf5aG0VSUFvqdHpe7v5u0zsGjm+GeGX3xCh4KYan/CNrCB9HIt&#10;yUrDo1ytgZFlJUUCrKZVmsgUeJHz/y2KKwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA5&#10;qgUf1gEAAJEDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQATsG4b4gAAAA0BAAAPAAAAAAAAAAAAAAAAADAEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAPwUAAAAA&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w:rsidR="00442ECC" w:rsidRDefault="00442ECC">
+                  <w:p w14:paraId="2895D86D" w14:textId="77777777" w:rsidR="00442ECC" w:rsidRDefault="00442ECC">
                     <w:pPr>
                       <w:spacing w:before="16" w:line="243" w:lineRule="exact"/>
                       <w:ind w:left="20"/>
                       <w:rPr>
                         <w:sz w:val="16"/>
                       </w:rPr>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="2A921304" w14:textId="77777777" w:rsidR="003A23ED" w:rsidRDefault="003A23ED">
+    <w:pPr>
+      <w:pStyle w:val="Fuzeile"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00C6286E" w:rsidRDefault="00686292">
+    <w:p w14:paraId="70717BC2" w14:textId="77777777" w:rsidR="00C6286E" w:rsidRDefault="00686292">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00C6286E" w:rsidRDefault="00686292">
+    <w:p w14:paraId="0D5789B8" w14:textId="77777777" w:rsidR="00C6286E" w:rsidRDefault="00686292">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00442ECC" w:rsidRDefault="00686292">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="6E1361E0" w14:textId="77777777" w:rsidR="003A23ED" w:rsidRDefault="003A23ED">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="66024BB9" w14:textId="61AE844E" w:rsidR="00442ECC" w:rsidRDefault="003A23ED">
     <w:pPr>
       <w:pStyle w:val="Textkrper"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="de-DE"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251656704" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+        <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="56AC6E6A" wp14:editId="51C3CDA1">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>5980430</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="page">
+            <wp:posOffset>390525</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="904875" cy="407035"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="3" name="image2.jpeg"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="3" name="image2.jpeg"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="904875" cy="407035"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r w:rsidR="00686292">
+      <w:rPr>
+        <w:noProof/>
+        <w:lang w:eastAsia="de-DE"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251656704" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="752416B0" wp14:editId="7F1696BF">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>850725</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>286386</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1371676" cy="523017"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="1" name="image1.jpeg"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="2" name="image1.jpeg"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1" cstate="print"/>
+                  <a:blip r:embed="rId2" cstate="print"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1371676" cy="523017"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r>
-[...47 lines deleted...]
-    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="41742CAB" w14:textId="77777777" w:rsidR="003A23ED" w:rsidRDefault="003A23ED">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
+    </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="36F639D9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="94A864AC"/>
     <w:lvl w:ilvl="0" w:tplc="04070001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="830" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1550" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4264,182 +4775,202 @@
     <w:lvl w:ilvl="7" w:tplc="CB007A3E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6970" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FAD8F056">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7982" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="759913603">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="205333692">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="2087340684">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:activeWritingStyle w:appName="MSWord" w:lang="de-DE" w:vendorID="64" w:dllVersion="131078" w:nlCheck="1" w:checkStyle="0"/>
-[...2 lines deleted...]
-  <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="131078" w:nlCheck="1" w:checkStyle="1"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="de-DE" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="de-LI" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="de-DE" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="20481"/>
+    <o:shapedefaults v:ext="edit" spidmax="36865"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00442ECC"/>
     <w:rsid w:val="00004FA8"/>
+    <w:rsid w:val="00072F6A"/>
     <w:rsid w:val="000817FC"/>
     <w:rsid w:val="000B72DE"/>
+    <w:rsid w:val="000D3DF4"/>
     <w:rsid w:val="00120574"/>
     <w:rsid w:val="00144E9B"/>
     <w:rsid w:val="00156229"/>
     <w:rsid w:val="001A494E"/>
     <w:rsid w:val="00303384"/>
     <w:rsid w:val="00316B0D"/>
     <w:rsid w:val="00327438"/>
     <w:rsid w:val="003640F1"/>
+    <w:rsid w:val="003952B1"/>
+    <w:rsid w:val="003A23ED"/>
+    <w:rsid w:val="004076C8"/>
     <w:rsid w:val="00442ECC"/>
+    <w:rsid w:val="00503BF6"/>
     <w:rsid w:val="00537B96"/>
+    <w:rsid w:val="0063145F"/>
     <w:rsid w:val="00672F6B"/>
     <w:rsid w:val="00686292"/>
     <w:rsid w:val="0074795D"/>
-    <w:rsid w:val="00755DAC"/>
+    <w:rsid w:val="00777C15"/>
+    <w:rsid w:val="008012C8"/>
     <w:rsid w:val="0081174F"/>
     <w:rsid w:val="0081679D"/>
     <w:rsid w:val="00886D5F"/>
+    <w:rsid w:val="00A07BDF"/>
     <w:rsid w:val="00A4698A"/>
     <w:rsid w:val="00A60F26"/>
+    <w:rsid w:val="00A7038A"/>
     <w:rsid w:val="00A855ED"/>
+    <w:rsid w:val="00A92014"/>
+    <w:rsid w:val="00AB5C84"/>
     <w:rsid w:val="00AD45B0"/>
+    <w:rsid w:val="00AF5DD5"/>
+    <w:rsid w:val="00AF7AD6"/>
+    <w:rsid w:val="00B35703"/>
     <w:rsid w:val="00B51AC4"/>
     <w:rsid w:val="00BD4065"/>
     <w:rsid w:val="00C43911"/>
     <w:rsid w:val="00C55D21"/>
     <w:rsid w:val="00C6286E"/>
+    <w:rsid w:val="00C9226B"/>
     <w:rsid w:val="00D13560"/>
     <w:rsid w:val="00D30DA9"/>
+    <w:rsid w:val="00D8537C"/>
     <w:rsid w:val="00E46BBC"/>
     <w:rsid w:val="00E82990"/>
     <w:rsid w:val="00E853FD"/>
     <w:rsid w:val="00F0490A"/>
     <w:rsid w:val="00FD0241"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="20481"/>
+    <o:shapedefaults v:ext="edit" spidmax="36865"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="4F752C4D"/>
+  <w14:docId w14:val="7D8D41AC"/>
   <w15:docId w15:val="{85B9A75F-2F29-424A-B84F-F37C697E994C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4767,50 +5298,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Sans Unicode" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
       <w:lang w:val="de-DE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Standard"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="532" w:hanging="361"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
@@ -4941,59 +5477,59 @@
     <w:rPr>
       <w:rFonts w:ascii="Lucida Sans Unicode" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
       <w:lang w:val="de-DE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellenraster">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="NormaleTabelle"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="0081174F"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5244,87 +5780,87 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ACA1C4B3-B6A6-4F6B-AFE0-203D38A75B5C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{37D06BE0-7CE8-40EB-A8C3-FB8E70633B32}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>676</Words>
-  <Characters>4263</Characters>
+  <Words>725</Words>
+  <Characters>4571</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>35</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>38</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4930</CharactersWithSpaces>
+  <CharactersWithSpaces>5286</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Sandra Wolf</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2022-04-26T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Acrobat PDFMaker 22 für Word</vt:lpwstr>
   </property>