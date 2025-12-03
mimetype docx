--- v0 (2025-10-23)
+++ v1 (2025-12-03)
@@ -1,3570 +1,3946 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="tiff" ContentType="image/tiff"/>
   <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="340D4DD7" w14:textId="4908F3B9" w:rsidR="00F00F0E" w:rsidRPr="00AA1D96" w:rsidRDefault="00F00F0E" w:rsidP="006105CE">
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="007B5DEB" w:rsidRPr="00414B63" w:rsidRDefault="008673BC" w:rsidP="001E245C">
+      <w:pPr>
+        <w:pStyle w:val="1TUDabsendendeStruktureinheit"/>
+        <w:sectPr w:rsidR="007B5DEB" w:rsidRPr="00414B63" w:rsidSect="00CA56C5">
+          <w:footerReference w:type="default" r:id="rId9"/>
+          <w:headerReference w:type="first" r:id="rId10"/>
+          <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+          <w:pgMar w:top="1985" w:right="1134" w:bottom="2835" w:left="1701" w:header="0" w:footer="680" w:gutter="0"/>
+          <w:cols w:space="708"/>
+          <w:titlePg/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA56C5">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Die Prorektorin Universitätskultur</w:t>
+      </w:r>
+      <w:r w:rsidR="005966B8" w:rsidRPr="00CA56C5">
+        <w:rPr>
+          <w:rFonts w:cs="Open Sans"/>
+        </w:rPr>
+        <w:t>| SG 9.3 Diversity Management</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0019361D" w:rsidRDefault="0019361D" w:rsidP="00CA77A7"/>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1191"/>
+        </w:tabs>
+        <w:spacing w:before="220" w:after="220" w:line="220" w:lineRule="exact"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="right"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="4"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005966B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="4"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dresden, den </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005966B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="4"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="005966B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="4"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> DATE  \@ "d. MMMM yyyy"  \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="005966B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="4"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="000F7C5E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="4"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>19. Mai 2022</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005966B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="4"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:after="360" w:line="320" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005966B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Antrag</w:t>
+      </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00AA1D96">
-[...42 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidRPr="005966B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...40 lines deleted...]
-        <w:r w:rsidR="00626F84">
+        <w:t xml:space="preserve">Im Rahmen der Sondermittel Inklusion des </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A3772D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>SMWK 2022</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005966B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bitte beachten Sie auch die Hinweise zur Ausschreibung unter </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="00AD610A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:t>https://tu-dresden.de/tu-dresden/universitaetskultur/diversitaet-inklusion/inklusion/sondermittel-inklusion-2021?set_language=en</w:t>
+          <w:t>www.tu-dresden.de/diversity/sondermittel-inklusion-2022</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="003A056F" w:rsidRPr="000672A7">
-        <w:rPr>
+      <w:r w:rsidRPr="005966B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>. Unvollständige Anträge können leider nicht bearbeitet werden. Es besteht kein Anspruch auf Förderung.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="009B776B" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Einzureichen bis spätestens Donnerstag, </w:t>
+      </w:r>
+      <w:r w:rsidR="005966B8" w:rsidRPr="009B776B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B776B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="005966B8" w:rsidRPr="009B776B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>. Juni 2022</w:t>
+      </w:r>
+      <w:r w:rsidR="005966B8" w:rsidRPr="005966B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in elektronischer Form per E-Mail oder per Hauspost an:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005966B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>Anna Drum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005966B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Please also note that incomplete applications </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:br/>
+        <w:t>SG Diversity Management</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005966B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>cannot be processed. There is no entitlement to funding.</w:t>
-[...91 lines deleted...]
-        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00EE79D1">
-[...18 lines deleted...]
-        <w:r w:rsidR="001E692A" w:rsidRPr="00D04FF1">
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="005966B8">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
-            <w:lang w:val="en-US"/>
+            <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+            <w:color w:val="006AB3"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>diversity.management@tu-dresden.de</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2647024B" w14:textId="3C428D8D" w:rsidR="008043BA" w:rsidRDefault="00626F84" w:rsidP="00BF5A41">
-[...1 lines deleted...]
-        <w:pStyle w:val="berschrift2"/>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="00CA56C5">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:line="280" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="00305E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-        <w:t>Applicant</w:t>
+      <w:r w:rsidRPr="005966B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="00305E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Antragsteller:in</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tabellenraster"/>
+        <w:tblStyle w:val="Tabellenraster1"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblCaption w:val="Angaben antragsstellende Person"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2972"/>
-        <w:gridCol w:w="6089"/>
+        <w:gridCol w:w="2263"/>
+        <w:gridCol w:w="6798"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BF5A41" w:rsidRPr="00A63C4B" w14:paraId="0594217A" w14:textId="77777777" w:rsidTr="00AA1D96">
+      <w:tr w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidTr="00F736EA">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcW w:w="2263" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D2FAFF8" w14:textId="362CA06A" w:rsidR="00BF5A41" w:rsidRPr="00AA1D96" w:rsidRDefault="000672A7" w:rsidP="000672A7">
+          <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4876"/>
+                <w:tab w:val="center" w:pos="4536"/>
+                <w:tab w:val="right" w:pos="9072"/>
+              </w:tabs>
+              <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+              <w:textboxTightWrap w:val="none"/>
               <w:rPr>
-                <w:lang w:val="en-US"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AA1D96">
+            <w:r w:rsidRPr="005966B8">
               <w:rPr>
-                <w:lang w:val="en-US"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>Title</w:t>
-[...29 lines deleted...]
-              <w:t>ame</w:t>
+              <w:t>Titel, Name, Vorname</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6089" w:type="dxa"/>
+            <w:tcW w:w="6798" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="797E83D3" w14:textId="77777777" w:rsidR="00BF5A41" w:rsidRPr="00AA1D96" w:rsidRDefault="00BF5A41" w:rsidP="00BF5A41">
+          <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4876"/>
+                <w:tab w:val="center" w:pos="4536"/>
+                <w:tab w:val="right" w:pos="9072"/>
+              </w:tabs>
+              <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+              <w:textboxTightWrap w:val="none"/>
               <w:rPr>
-                <w:lang w:val="en-US"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0013656A" w14:paraId="50D7939D" w14:textId="77777777" w:rsidTr="00AA1D96">
+      <w:tr w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidTr="00F736EA">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcW w:w="2263" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1ED5077C" w14:textId="6EFF535B" w:rsidR="0013656A" w:rsidRDefault="00AA1D96" w:rsidP="000672A7">
-[...32 lines deleted...]
-              <w:t>ail</w:t>
+          <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4876"/>
+                <w:tab w:val="center" w:pos="4536"/>
+                <w:tab w:val="right" w:pos="9072"/>
+              </w:tabs>
+              <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+              <w:textboxTightWrap w:val="none"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005966B8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Struktureinheit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6089" w:type="dxa"/>
+            <w:tcW w:w="6798" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2EF54571" w14:textId="77777777" w:rsidR="0013656A" w:rsidRDefault="0013656A" w:rsidP="0013656A"/>
+          <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4876"/>
+                <w:tab w:val="center" w:pos="4536"/>
+                <w:tab w:val="right" w:pos="9072"/>
+              </w:tabs>
+              <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+              <w:textboxTightWrap w:val="none"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0013656A" w14:paraId="26599001" w14:textId="77777777" w:rsidTr="00AA1D96">
+      <w:tr w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidTr="00F736EA">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcW w:w="2263" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49F082A5" w14:textId="2EB80A00" w:rsidR="0013656A" w:rsidRDefault="000672A7" w:rsidP="0013656A">
-[...2 lines deleted...]
-              <w:t>Telephone</w:t>
+          <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4876"/>
+                <w:tab w:val="center" w:pos="4536"/>
+                <w:tab w:val="right" w:pos="9072"/>
+              </w:tabs>
+              <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+              <w:textboxTightWrap w:val="none"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005966B8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>E-Mail</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6089" w:type="dxa"/>
+            <w:tcW w:w="6798" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2AD0C670" w14:textId="77777777" w:rsidR="0013656A" w:rsidRDefault="0013656A" w:rsidP="0013656A"/>
+          <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4876"/>
+                <w:tab w:val="center" w:pos="4536"/>
+                <w:tab w:val="right" w:pos="9072"/>
+              </w:tabs>
+              <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+              <w:textboxTightWrap w:val="none"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D04FF1" w14:paraId="08AF0D93" w14:textId="77777777" w:rsidTr="00AA1D96">
+      <w:tr w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidTr="00F736EA">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcW w:w="2263" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C1A1D0A" w14:textId="6F5121A9" w:rsidR="00D04FF1" w:rsidRDefault="000672A7" w:rsidP="0013656A">
-[...2 lines deleted...]
-              <w:t>Cost</w:t>
+          <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4876"/>
+                <w:tab w:val="center" w:pos="4536"/>
+                <w:tab w:val="right" w:pos="9072"/>
+              </w:tabs>
+              <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+              <w:textboxTightWrap w:val="none"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005966B8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Telefon</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6089" w:type="dxa"/>
+            <w:tcW w:w="6798" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30D8CFF7" w14:textId="77777777" w:rsidR="00D04FF1" w:rsidRDefault="00D04FF1" w:rsidP="0013656A"/>
+          <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4876"/>
+                <w:tab w:val="center" w:pos="4536"/>
+                <w:tab w:val="right" w:pos="9072"/>
+              </w:tabs>
+              <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+              <w:textboxTightWrap w:val="none"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidTr="00F736EA">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4876"/>
+                <w:tab w:val="center" w:pos="4536"/>
+                <w:tab w:val="right" w:pos="9072"/>
+              </w:tabs>
+              <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+              <w:textboxTightWrap w:val="none"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005966B8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Stammkostenstelle</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6798" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4876"/>
+                <w:tab w:val="center" w:pos="4536"/>
+                <w:tab w:val="right" w:pos="9072"/>
+              </w:tabs>
+              <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+              <w:textboxTightWrap w:val="none"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="54F63D9E" w14:textId="498D1278" w:rsidR="00BF5A41" w:rsidRPr="00ED0AFC" w:rsidRDefault="00BF5A41" w:rsidP="002B661D">
-[...5 lines deleted...]
-          <w:color w:val="003459" w:themeColor="accent1" w:themeShade="7F"/>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="00F83E6F" w:rsidP="00CA56C5">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:line="280" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Times New Roman" w:hAnsi="Calibri Light" w:cs="Times New Roman"/>
+          <w:color w:val="003459"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-GB"/>
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="00305E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Titel</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005966B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="00305E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005966B8" w:rsidRPr="005966B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="00305E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Ihres Vorhabens</w:t>
+      </w:r>
+      <w:r w:rsidR="005966B8" w:rsidRPr="005966B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="00305E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00ED0AFC" w:rsidRPr="00B5542C">
-[...108 lines deleted...]
-        <w:t>Cost estimate of the project</w:t>
+      <w:r w:rsidR="005966B8" w:rsidRPr="005966B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
+          <w:color w:val="003459"/>
+        </w:rPr>
+        <w:t>Bitte geben Sie dem Vorhaben einen aussagekräftigen Namen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
+          <w:color w:val="003459"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005966B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
+          <w:color w:val="003459"/>
+        </w:rPr>
+        <w:t>Wenn möglich, geben Sie bitte auch einen Kurztitel an (max. 20 Zeichen).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="00CA56C5">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:line="280" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="00305E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005966B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="00305E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Geplante Laufzeit des Vorhabens</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA56C5" w:rsidRDefault="00CA56C5" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA56C5" w:rsidRDefault="00CA56C5" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007B1951" w:rsidRDefault="007B1951" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="00CA56C5">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:line="280" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="00305E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005966B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="00305E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Kostenschätzung des Vorhabens</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TabellemithellemGitternetz"/>
+        <w:tblStyle w:val="Tabellenraster1"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblCaption w:val="Kostenschätzung des Vorhabens"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2551"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3643"/>
+        <w:gridCol w:w="1980"/>
+        <w:gridCol w:w="7081"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00ED0AFC" w14:paraId="681A40AF" w14:textId="77777777" w:rsidTr="00221E1F">
+      <w:tr w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidTr="00F736EA">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46800CBC" w14:textId="1BC9D90F" w:rsidR="00ED0AFC" w:rsidRPr="00F6740E" w:rsidRDefault="00ED0AFC" w:rsidP="00B615C5">
+          <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4876"/>
+                <w:tab w:val="center" w:pos="4536"/>
+                <w:tab w:val="right" w:pos="9072"/>
+              </w:tabs>
+              <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+              <w:textboxTightWrap w:val="none"/>
               <w:rPr>
-                <w:lang w:val="en-GB"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F6740E">
+            <w:r w:rsidRPr="005966B8">
               <w:rPr>
-                <w:lang w:val="en-GB"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve">Material </w:t>
-[...11 lines deleted...]
-              <w:t>sources in €</w:t>
+              <w:t>Sachmittel in €</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2867" w:type="dxa"/>
+            <w:tcW w:w="7081" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60A8E11B" w14:textId="77777777" w:rsidR="00ED0AFC" w:rsidRDefault="00ED0AFC" w:rsidP="00B615C5"/>
+          <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4876"/>
+                <w:tab w:val="center" w:pos="4536"/>
+                <w:tab w:val="right" w:pos="9072"/>
+              </w:tabs>
+              <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+              <w:textboxTightWrap w:val="none"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidTr="00F736EA">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3643" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="397567C2" w14:textId="4BED10C3" w:rsidR="00ED0AFC" w:rsidRDefault="00ED0AFC" w:rsidP="00B615C5"/>
-[...7 lines deleted...]
-          <w:p w14:paraId="52307727" w14:textId="260A541F" w:rsidR="00ED0AFC" w:rsidRPr="00F6740E" w:rsidRDefault="00F6740E" w:rsidP="00B615C5">
+          <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4876"/>
+                <w:tab w:val="center" w:pos="4536"/>
+                <w:tab w:val="right" w:pos="9072"/>
+              </w:tabs>
+              <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+              <w:textboxTightWrap w:val="none"/>
               <w:rPr>
-                <w:lang w:val="en-GB"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F6740E">
+            <w:r w:rsidRPr="005966B8">
               <w:rPr>
-                <w:lang w:val="en-GB"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve">Personnel funds in </w:t>
-[...5 lines deleted...]
-              <w:t>€</w:t>
+              <w:t>Personalmittel in €</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2867" w:type="dxa"/>
+            <w:tcW w:w="7081" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63D44DC9" w14:textId="77777777" w:rsidR="00ED0AFC" w:rsidRDefault="00ED0AFC" w:rsidP="00B615C5"/>
+          <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4876"/>
+                <w:tab w:val="center" w:pos="4536"/>
+                <w:tab w:val="right" w:pos="9072"/>
+              </w:tabs>
+              <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+              <w:textboxTightWrap w:val="none"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidTr="00F736EA">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3643" w:type="dxa"/>
-[...3 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2857FD7E" w14:textId="49D0A199" w:rsidR="00ED0AFC" w:rsidRDefault="00ED0AFC" w:rsidP="00B615C5"/>
-[...7 lines deleted...]
-          <w:p w14:paraId="0FD91D65" w14:textId="03428CCA" w:rsidR="00ED0AFC" w:rsidRPr="00F6740E" w:rsidRDefault="00F6740E" w:rsidP="00B615C5">
+          <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4876"/>
+                <w:tab w:val="center" w:pos="4536"/>
+                <w:tab w:val="right" w:pos="9072"/>
+              </w:tabs>
+              <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+              <w:textboxTightWrap w:val="none"/>
               <w:rPr>
-                <w:lang w:val="en-GB"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F6740E">
+            <w:r w:rsidRPr="005966B8">
               <w:rPr>
-                <w:lang w:val="en-GB"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>Own contribution</w:t>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> in €</w:t>
+              <w:t>Eigenleistung in €</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2867" w:type="dxa"/>
+            <w:tcW w:w="7081" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6EF7B600" w14:textId="77777777" w:rsidR="00ED0AFC" w:rsidRDefault="00ED0AFC" w:rsidP="00B615C5"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="17495940" w14:textId="62B904BD" w:rsidR="00ED0AFC" w:rsidRDefault="00ED0AFC" w:rsidP="00B615C5"/>
+          <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4876"/>
+                <w:tab w:val="center" w:pos="4536"/>
+                <w:tab w:val="right" w:pos="9072"/>
+              </w:tabs>
+              <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+              <w:textboxTightWrap w:val="none"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0CD9EF93" w14:textId="5524604F" w:rsidR="002E018B" w:rsidRPr="004A0414" w:rsidRDefault="00F6740E" w:rsidP="00576E4B">
-[...30 lines deleted...]
-          <w:rStyle w:val="berschrift2Zchn"/>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
+          <w:color w:val="003459"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005966B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
+          <w:color w:val="003459"/>
+        </w:rPr>
+        <w:t>ggf. Anmerkungen zur Kostenschätzung</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="00136259" w:rsidRDefault="005966B8" w:rsidP="00CA56C5">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:line="280" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-          <w:rStyle w:val="berschrift2Zchn"/>
+          <w:color w:val="00305E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00136259">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-          <w:rStyle w:val="berschrift2Zchn"/>
+          <w:color w:val="00305E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Konkrete Inhalte Ihres Vorhabens</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="00CA56C5">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:line="280" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-          <w:rStyle w:val="berschrift2Zchn"/>
+          <w:color w:val="00305E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005966B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-          <w:rStyle w:val="berschrift2Zchn"/>
+          <w:color w:val="00305E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Geplante Umsetzungsschritte Ihres Vorhabens</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="00CA56C5">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:line="280" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-          <w:rStyle w:val="berschrift2Zchn"/>
+          <w:color w:val="00305E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005966B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-          <w:rStyle w:val="berschrift2Zchn"/>
+          <w:color w:val="00305E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Ziele und Zielgruppen Ihres Vorhabens</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="00CA56C5">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:after="0" w:line="280" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...328 lines deleted...]
-        <w:r w:rsidR="00BF5A41" w:rsidRPr="00B5542C">
+          <w:color w:val="00305E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005966B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="00305E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Einbettung Ihres Vorhabens</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
+          <w:color w:val="003459"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005966B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
+          <w:color w:val="003459"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Empfehlungen der 6. Mitgliederversammlung der Hochschulrektorenkonferenz vom 21.04.2009 „Eine Hochschule für Alle“ (Link: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="005966B8">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
-[...3 lines deleted...]
-            <w:lang w:val="en-GB"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
+            <w:color w:val="006AB3"/>
+            <w:u w:val="single"/>
           </w:rPr>
           <w:t>HRK</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00BF5A41" w:rsidRPr="00B5542C">
-[...27 lines deleted...]
-        <w:r w:rsidR="001D613F" w:rsidRPr="00B5542C">
+      <w:r w:rsidRPr="005966B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
+          <w:color w:val="003459"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), UN-Behindertenrechtskonvention (Link: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidRPr="005966B8">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
-[...3 lines deleted...]
-            <w:lang w:val="en-GB"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
+            <w:color w:val="006AB3"/>
+            <w:u w:val="single"/>
           </w:rPr>
-          <w:t>UN-CRPD</w:t>
+          <w:t>UN-BRK auf Seiten des BMAS</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00BF5A41" w:rsidRPr="00B5542C">
-[...54 lines deleted...]
-        <w:r w:rsidR="00900AC3" w:rsidRPr="00B5542C">
+      <w:r w:rsidRPr="005966B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
+          <w:color w:val="003459"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), Aktionsplan der TU Dresden zur Umsetzung der UN-BRK (Link: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidRPr="005966B8">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
-[...3 lines deleted...]
-            <w:lang w:val="en-GB"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
+            <w:color w:val="006AB3"/>
+            <w:u w:val="single"/>
           </w:rPr>
           <w:t>TU Dresden</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00900AC3" w:rsidRPr="00B5542C">
-[...4 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidRPr="005966B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
+          <w:color w:val="003459"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48984CA5" w14:textId="77777777" w:rsidR="00683350" w:rsidRPr="008C335B" w:rsidRDefault="00683350" w:rsidP="00510A43">
-[...79 lines deleted...]
-          <w:lang w:val="en-GB"/>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
+          <w:color w:val="003459"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005966B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
+          <w:color w:val="003459"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bitte ordnen Sie Ihr Vorhaben in </w:t>
+      </w:r>
+      <w:r w:rsidR="00D95643" w:rsidRPr="00D95643">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
+          <w:color w:val="003459"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">eins der </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D95643">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
+          <w:color w:val="003459"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Handlungsfelder</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005966B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
+          <w:color w:val="003459"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des Aktionsplans der TU Dresden zur Umsetzung der UN-BRK ein (Mehrfachnennung möglich).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="007E6931" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:lang w:val="en-GB"/>
+            <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+            <w:color w:val="000000"/>
           </w:rPr>
           <w:id w:val="1311375892"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="006D7488" w:rsidRPr="00506C9C">
+          <w:r w:rsidR="005966B8" w:rsidRPr="005966B8">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-              <w:lang w:val="en-GB"/>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Calibri" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              <w:color w:val="000000"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00715E31" w:rsidRPr="00506C9C">
-[...15 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="005966B8" w:rsidRPr="005966B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Barrierefreiheit</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="007E6931" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:lang w:val="en-GB"/>
+            <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+            <w:color w:val="000000"/>
           </w:rPr>
           <w:id w:val="-95256124"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="006D7488" w:rsidRPr="00506C9C">
+          <w:r w:rsidR="005966B8" w:rsidRPr="005966B8">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-              <w:lang w:val="en-GB"/>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Calibri" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              <w:color w:val="000000"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00715E31" w:rsidRPr="00506C9C">
-[...15 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="005966B8" w:rsidRPr="005966B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Lehre und Forschung</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="007E6931" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:lang w:val="en-GB"/>
+            <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+            <w:color w:val="000000"/>
           </w:rPr>
           <w:id w:val="59217339"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00510A43" w:rsidRPr="00506C9C">
+          <w:r w:rsidR="005966B8" w:rsidRPr="005966B8">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-              <w:lang w:val="en-GB"/>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Calibri" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              <w:color w:val="000000"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00715E31" w:rsidRPr="00506C9C">
-[...21 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="005966B8" w:rsidRPr="005966B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Studium</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="007E6931" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:lang w:val="en-GB"/>
+            <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+            <w:color w:val="000000"/>
           </w:rPr>
           <w:id w:val="2056572471"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00D748CD" w:rsidRPr="00506C9C">
+          <w:r w:rsidR="005966B8" w:rsidRPr="005966B8">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-              <w:lang w:val="en-GB"/>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Calibri" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              <w:color w:val="000000"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00715E31" w:rsidRPr="00506C9C">
-[...15 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="005966B8" w:rsidRPr="005966B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Beschäftigung</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="007E6931" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:lang w:val="en-GB"/>
+            <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+            <w:color w:val="000000"/>
           </w:rPr>
           <w:id w:val="-2017610925"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00D748CD" w:rsidRPr="00506C9C">
+          <w:r w:rsidR="005966B8" w:rsidRPr="005966B8">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-              <w:lang w:val="en-GB"/>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Calibri" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              <w:color w:val="000000"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00715E31" w:rsidRPr="00506C9C">
-[...21 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="005966B8" w:rsidRPr="005966B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Kommunikations- und Führungskultur</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="007E6931" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:lang w:val="en-GB"/>
+            <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+            <w:color w:val="000000"/>
           </w:rPr>
           <w:id w:val="-458023446"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00D748CD" w:rsidRPr="00506C9C">
+          <w:r w:rsidR="005966B8" w:rsidRPr="005966B8">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-              <w:lang w:val="en-GB"/>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Calibri" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              <w:color w:val="000000"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00715E31" w:rsidRPr="00506C9C">
-[...354 lines deleted...]
-        <w:r w:rsidR="00127E6C" w:rsidRPr="006C53A9">
+      <w:r w:rsidR="005966B8" w:rsidRPr="005966B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Qualitätssicherung</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="00CA56C5">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:after="0" w:line="280" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="00305E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005966B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="00305E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Sicherung der Nachhaltigkeit des Vorhabens</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
+          <w:color w:val="003459"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005966B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
+          <w:color w:val="003459"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Bitte stellen Sie dar, wie die Nachhaltigkeit Ihres Vorhabens sichergestellt wird.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="00CA56C5">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:after="0" w:line="280" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="00305E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005966B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="00305E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Frühere durch die Sondermittel Inklusion geförderte Projekte</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
+          <w:color w:val="003459"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005966B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
+          <w:color w:val="003459"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Bitte benennen Sie alle Projekte/Maßnahmen, für die Sie bereits eine Förderung aus den Sondermitteln Inklusion (ab 2015) erhalten haben.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="00CA56C5">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:line="280" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="00305E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005966B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="00305E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Zusätzliche Informationen, die für die Entscheidung über eine Förderung von Bedeutung sein könnten</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="00CA56C5">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:line="280" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="00305E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005966B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="00305E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Datum und Unterschrift</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD610A" w:rsidRDefault="005966B8" w:rsidP="00AD610A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005966B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Die Datenschutzerklärung finden Sie unter </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidR="0004229D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:lang w:val="en-US"/>
           </w:rPr>
-          <w:t>https://tu-dresden.de/tu-dresden/universitaetskultur/diversitaet-inklusion/inklusion/sondermittel-inklusion-1/datenschutzerklaerung-antrag-sondermittel-inklusion-2021?set_language=en</w:t>
+          <w:t>https://tu-dresden.de/tu-dresden/universitaetskultur/diversitaet-inklusion/ressourcen/dateien/inklusion/ausschreibung-sondermittel-inklusion-2020/Datenschutzerklaerung-Antrag-Sondermittel-Inklusion.pdf/at_download/file?lang=de</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00127E6C">
-[...13 lines deleted...]
-          <w:lang w:val="en-GB"/>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="007E6931" w:rsidP="00AD610A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:lang w:val="en-GB"/>
+            <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+            <w:color w:val="000000"/>
           </w:rPr>
           <w:id w:val="-576508550"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00715E31" w:rsidRPr="00693041">
+          <w:r w:rsidR="005966B8" w:rsidRPr="005966B8">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-              <w:lang w:val="en-GB"/>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Calibri" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              <w:color w:val="000000"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="008741B2" w:rsidRPr="00693041">
-[...52 lines deleted...]
-        <w:tabs>
+      <w:r w:rsidR="005966B8" w:rsidRPr="005966B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Hiermit bestätige ich, dass ich die Datenschutzerklärung gelesen und verstanden habe und unter diesen Bedingungen freiwillig in die darin genannte Verarbeitung meiner personenbezogenen Daten einwillige.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA56C5" w:rsidRDefault="00CA56C5" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA56C5" w:rsidRDefault="00CA56C5" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA56C5" w:rsidRDefault="00CA56C5" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA56C5" w:rsidRPr="005966B8" w:rsidRDefault="00CA56C5" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
           <w:tab w:val="right" w:pos="9071"/>
         </w:tabs>
-        <w:rPr>
-[...5 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005966B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>______________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA1D96">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="005966B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
         <w:t>______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2205BB23" w14:textId="0EA6AB44" w:rsidR="00122898" w:rsidRPr="00BF5AD7" w:rsidRDefault="00BF5AD7" w:rsidP="00122898">
-[...1 lines deleted...]
-        <w:tabs>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
           <w:tab w:val="right" w:pos="9071"/>
         </w:tabs>
-        <w:rPr>
-[...11 lines deleted...]
-          <w:lang w:val="en-GB"/>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005966B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Datum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005966B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BF5AD7">
-[...23 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidRPr="005966B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Unterschrift der antragstellenden Person</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005966B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00122898" w:rsidRPr="00BF5AD7">
-[...1 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidRPr="005966B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
-        <w:t>(</w:t>
-[...28 lines deleted...]
-        <w:tabs>
+        <w:t>(handschriftlich oder digital)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
           <w:tab w:val="right" w:pos="9071"/>
         </w:tabs>
-        <w:rPr>
-[...6 lines deleted...]
-        <w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
           <w:tab w:val="right" w:pos="9071"/>
         </w:tabs>
-        <w:rPr>
-[...6 lines deleted...]
-        <w:tabs>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
           <w:tab w:val="right" w:pos="9071"/>
         </w:tabs>
-        <w:rPr>
-[...5 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005966B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>______________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA1D96">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="005966B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
         <w:t>______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39E1EB6C" w14:textId="51370492" w:rsidR="00504078" w:rsidRPr="00BF5AD7" w:rsidRDefault="00BF5AD7" w:rsidP="00504078">
-[...1 lines deleted...]
-        <w:tabs>
+    <w:p w:rsidR="005966B8" w:rsidRPr="005966B8" w:rsidRDefault="005966B8" w:rsidP="005966B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4876"/>
           <w:tab w:val="right" w:pos="9071"/>
         </w:tabs>
-        <w:rPr>
-[...11 lines deleted...]
-          <w:lang w:val="en-GB"/>
+        <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+        <w:textboxTightWrap w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005966B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Datum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005966B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BF5AD7">
-[...29 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidRPr="005966B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Unterschrift der vorgesetzten Person</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005966B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00504078" w:rsidRPr="00BF5AD7">
-[...1 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidRPr="005966B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...85 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId20"/>
+        <w:t>(handschriftlich oder digital, d. h. Unterstützung des Vorhabens)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0019361D" w:rsidRDefault="0019361D" w:rsidP="00CA77A7"/>
+    <w:sectPr w:rsidR="0019361D" w:rsidSect="0019361D">
+      <w:headerReference w:type="first" r:id="rId17"/>
+      <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-      <w:pgMar w:top="1985" w:right="1134" w:bottom="680" w:left="1701" w:header="0" w:footer="1021" w:gutter="0"/>
+      <w:pgMar w:top="1418" w:right="1134" w:bottom="1134" w:left="1701" w:header="0" w:footer="680" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5850D0E5" w14:textId="77777777" w:rsidR="005B78F0" w:rsidRDefault="005B78F0" w:rsidP="00A77480">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="005966B8" w:rsidRDefault="005966B8" w:rsidP="005C5990">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2CB87207" w14:textId="77777777" w:rsidR="005B78F0" w:rsidRDefault="005B78F0" w:rsidP="00A77480">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="005966B8" w:rsidRDefault="005966B8" w:rsidP="005C5990">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings">
-[...2 lines deleted...]
-    <w:family w:val="auto"/>
+  <w:font w:name="Open Sans SemiBold">
+    <w:panose1 w:val="020B0706030804020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002EF" w:usb1="4000205B" w:usb2="00000028" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{E927A0FC-954E-4983-B41C-B4A8C0A988CF}"/>
+    <w:embedBold r:id="rId2" w:fontKey="{9F15F63B-F9A3-470F-B8E4-87E6BF97758A}"/>
+    <w:embedItalic r:id="rId3" w:fontKey="{3E56D0E1-BFD1-421F-B2A1-E611F7060DF1}"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Open Sans">
     <w:panose1 w:val="020B0606030504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002EF" w:usb1="4000205B" w:usb2="00000028" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:fontKey="{7A706319-D4A6-4D3F-8D90-E01E5DF3C3FC}"/>
-    <w:embedBold r:id="rId2" w:fontKey="{69B8089F-0B40-48D3-9872-EB6524713987}"/>
+    <w:embedRegular r:id="rId4" w:fontKey="{9A1C00DC-8B5D-452D-A993-3C6AC6166DC1}"/>
+    <w:embedBold r:id="rId5" w:fontKey="{99BA3D69-951B-488D-9374-2CFDE32E867C}"/>
+    <w:embedItalic r:id="rId6" w:fontKey="{D230A35B-AA37-43AB-AF44-DD6ECBE85673}"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...1 lines deleted...]
-    <w:embedBold r:id="rId4" w:fontKey="{DFA9518A-DB0A-4408-AE87-43543E14DE02}"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId7" w:fontKey="{9CE1F38D-70BC-4621-987D-141EFB183509}"/>
+    <w:embedBold r:id="rId8" w:fontKey="{5A56A562-C862-4C80-B18D-84B5CCAE3140}"/>
+    <w:embedItalic r:id="rId9" w:fontKey="{9E98B1C8-1868-47F8-ADDC-3A0E47104153}"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId10" w:fontKey="{480DDD96-483C-4501-A4D7-CD2935CA3A21}"/>
+  </w:font>
+  <w:font w:name="TUD-Iconfont Light">
+    <w:panose1 w:val="00000400000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId5" w:fontKey="{1440BBB7-A9ED-4291-906F-CBBA14B1E0D7}"/>
+    <w:embedRegular r:id="rId11" w:fontKey="{35BF0507-7ECF-44D3-9A9B-9BB524BFAF76}"/>
   </w:font>
-  <w:font w:name="Segoe UI">
-    <w:altName w:val="Segoe UI"/>
+  <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...33 lines deleted...]
-    <w:embedRegular r:id="rId10" w:fontKey="{3B376E0F-A35C-490D-8E3E-5B1ED9506E6F}"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId12" w:fontKey="{5232F307-8AF3-4BBF-A989-D4748AFDC75B}"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-[...9 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:sdt>
     <w:sdtPr>
-      <w:id w:val="1176313133"/>
-[...125 lines deleted...]
-      <w:id w:val="807056704"/>
+      <w:id w:val="-481698458"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1769616900"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:p w14:paraId="14EFACBF" w14:textId="5C0FE6F5" w:rsidR="008741B2" w:rsidRPr="008741B2" w:rsidRDefault="00992754">
+          <w:p w:rsidR="00CA56C5" w:rsidRDefault="00CA56C5">
             <w:pPr>
               <w:pStyle w:val="Fuzeile"/>
-              <w:jc w:val="right"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:t>page</w:t>
+              <w:t xml:space="preserve">Seite </w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="008741B2" w:rsidRPr="008741B2">
+            <w:r>
               <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="008741B2" w:rsidRPr="008741B2">
+            <w:r>
               <w:rPr>
+                <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:instrText>PAGE</w:instrText>
             </w:r>
-            <w:r w:rsidR="008741B2" w:rsidRPr="008741B2">
+            <w:r>
               <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="002B3CB7">
+            <w:r w:rsidR="007E6931">
               <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="008741B2" w:rsidRPr="008741B2">
+            <w:r>
               <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="008741B2" w:rsidRPr="008741B2">
-              <w:t xml:space="preserve"> </w:t>
+            <w:r>
+              <w:t xml:space="preserve"> von </w:t>
             </w:r>
             <w:r>
-              <w:t>of</w:t>
-[...4 lines deleted...]
-            <w:r w:rsidR="008741B2" w:rsidRPr="008741B2">
               <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="008741B2" w:rsidRPr="008741B2">
+            <w:r>
               <w:rPr>
+                <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:instrText>NUMPAGES</w:instrText>
             </w:r>
-            <w:r w:rsidR="008741B2" w:rsidRPr="008741B2">
+            <w:r>
               <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="002B3CB7">
+            <w:r w:rsidR="007E6931">
               <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="008741B2" w:rsidRPr="008741B2">
+            <w:r>
               <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="678002A6" w14:textId="77777777" w:rsidR="005B78F0" w:rsidRDefault="005B78F0" w:rsidP="00A77480">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="005966B8" w:rsidRDefault="005966B8" w:rsidP="005C5990">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="57807D08" w14:textId="77777777" w:rsidR="005B78F0" w:rsidRDefault="005B78F0" w:rsidP="00A77480">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="005966B8" w:rsidRDefault="005966B8" w:rsidP="005C5990">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="5D7D9512" w14:textId="77777777" w:rsidR="00A63C4B" w:rsidRDefault="00A63C4B">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="002C79F8" w:rsidRPr="00EB240D" w:rsidRDefault="00711BE6" w:rsidP="005C5990">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
+      <w:rPr>
+        <w:color w:val="727777"/>
+      </w:rPr>
     </w:pPr>
-  </w:p>
-[...24 lines deleted...]
-    <w:r w:rsidRPr="002C79F8">
+    <w:r w:rsidRPr="00EB240D">
       <w:rPr>
         <w:noProof/>
+        <w:color w:val="727777"/>
+        <w:lang w:eastAsia="de-DE"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:inline distT="0" distB="0" distL="0" distR="0">
+              <wp:extent cx="180000" cy="0"/>
+              <wp:effectExtent l="0" t="0" r="29845" b="19050"/>
+              <wp:docPr id="6" name="Gerader Verbinder 6" descr="  vertikale Line schwarz, 5 mm breit" title="Falzmarke"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvCnPr/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="180000" cy="0"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="line">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:ln w="6350">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:style>
+                      <a:lnRef idx="1">
+                        <a:schemeClr val="accent1"/>
+                      </a:lnRef>
+                      <a:fillRef idx="0">
+                        <a:schemeClr val="accent1"/>
+                      </a:fillRef>
+                      <a:effectRef idx="0">
+                        <a:schemeClr val="accent1"/>
+                      </a:effectRef>
+                      <a:fontRef idx="minor">
+                        <a:schemeClr val="tx1"/>
+                      </a:fontRef>
+                    </wps:style>
+                    <wps:bodyPr/>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:inline>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:line w14:anchorId="5098E506" id="Gerader Verbinder 6" o:spid="_x0000_s1026" alt="Titel: Falzmarke - Beschreibung:   vertikale Line schwarz, 5 mm breit" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="14.15pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBf4bQJ/wEAAEkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB03mInQ4siiNNDi/RS&#10;bMG27q7IVCJUX6C02OmvHyU7TrENAzbMB1kSycfHR9qr294adgSM2ruGz2c1Z+Ckb7XbN/zp6+b9&#10;DWcxCdcK4x00/ASR367fvll1YQkLf/CmBWQE4uKyCw0/pBSWVRXlAayIMx/AkVF5tCLREfdVi6Ij&#10;dGuqRV1fV53HNqCXECPd3g9Gvi74SoFMn5SKkJhpOHFLZcWy7vJarVdiuUcRDlqONMQ/sLBCO0o6&#10;Qd2LJNh31L9AWS3RR6/STHpbeaW0hFIDVTOvf6rmy0EEKLWQODFMMsX/Bys/HrfIdNvwa86csNSi&#10;B0CRm/INcKdd3pGphShJNpZ7nfSzMMAetQNGjeoEvrxjV8xatkPQiVTWyRDQRpgXK/AZsspdiEtK&#10;due2OJ5i2GKWrFdo85vEYH3pzGnqDPSJSbqc39T0cCbPpuoSFzCmB/CW5U3DDdEqrRDHx5goF7me&#10;XXIa41hH1X64qotX9Ea3G21MtpWxgzuD7ChoYFK/yNQJ4JUXnYyjy1zQUELZpZOBAf4zKBI0kx4S&#10;5FG+YAopwaX5iGsceecwRQymwJHZnwJH/xwKZcz/JniKKJm9S1Ow1c7j72in/kxZDf5nBYa6swQ7&#10;355Kc4s0NK9FufHbyh/E63MJv/wB1j8AAAD//wMAUEsDBBQABgAIAAAAIQDTDXkm1gAAAAEBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUhcUOsQEC0hToVAnPsDvbvxEgfidWS7rXl7&#10;tlzKZaTRrGa+rRfZDeKAIfaeFNxOCxBIrTc9dQo+3t8mcxAxaTJ68IQKfjDCorm8qHVl/JHWeNik&#10;TnAJxUorsCmNlZSxteh0nPoRibNPH5xObEMnTdBHLneDLIviQTrdEy9YPeKLxfZ7s3cKtit5Uy5n&#10;cUkh38/s12suV49rpa6v8vMTiIQ5nY/hhM/o0DDTzu/JRDEo4EfSn3JWzu9A7E5ONrX8T978AgAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAF/htAn/AQAASQQAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhANMNeSbWAAAAAQEAAA8AAAAAAAAAAAAAAAAA&#10;WQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABcBQAAAAA=&#10;" strokecolor="#727277 [3215]" strokeweight=".5pt">
+              <v:stroke joinstyle="miter"/>
+              <w10:anchorlock/>
+            </v:line>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidR="009D63C7" w:rsidRPr="00EB240D">
+      <w:rPr>
+        <w:noProof/>
+        <w:color w:val="727777"/>
         <w:lang w:eastAsia="de-DE"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="70007AD9" wp14:editId="5D75BF8B">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656192" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B922105" wp14:editId="075B9572">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
-            <wp:posOffset>5112385</wp:posOffset>
+            <wp:posOffset>5634990</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
-            <wp:posOffset>482600</wp:posOffset>
+            <wp:posOffset>485775</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="1728000" cy="615600"/>
-          <wp:effectExtent l="0" t="0" r="5715" b="0"/>
+          <wp:extent cx="1317600" cy="597600"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="17" name="Grafik 17" descr="Logo Dresden concept"/>
+          <wp:docPr id="1" name="Grafik 1" descr="Logo. Schriftzug &quot;DRESDEN concept&quot;. Rechts davon befinden sich acht ringförmig angeordnete, unregelmäßige Dreiecke. Diese sind in einem Farbverlauf von dunkelblau im Uhrzeigersinn bis hellgrün gefärbt.«" title="Logo von DRESDEN concept"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="6" name="DDC-01.tif"/>
+                  <pic:cNvPr id="14" name="DDC_Logo_66x30_4C.wmf"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1" cstate="print">
+                  <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1728000" cy="615600"/>
+                    <a:ext cx="1317600" cy="597600"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-          <wp14:sizeRelH relativeFrom="page">
+          <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
-          <wp14:sizeRelV relativeFrom="page">
+          <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00774F2B">
+    <w:r w:rsidR="006D1E0C" w:rsidRPr="00EB240D">
       <w:rPr>
         <w:noProof/>
+        <w:color w:val="727777"/>
         <w:lang w:eastAsia="de-DE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="09421E87" wp14:editId="4905DE9F">
-[...234 lines deleted...]
-              <wp:docPr id="1" name="Gerader Verbinder 1" descr=" " title="Linie"/>
+            <wp:inline distT="0" distB="0" distL="0" distR="0">
+              <wp:extent cx="180000" cy="0"/>
+              <wp:effectExtent l="0" t="0" r="29845" b="19050"/>
+              <wp:docPr id="4" name="Gerader Verbinder 4" descr="vertikale Linie" title="vertikale Linie"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="5760000" cy="0"/>
+                        <a:ext cx="180000" cy="0"/>
                       </a:xfrm>
                       <a:prstGeom prst="line">
                         <a:avLst/>
                       </a:prstGeom>
-                      <a:ln w="9525">
+                      <a:ln w="6350">
                         <a:solidFill>
                           <a:schemeClr val="bg2"/>
                         </a:solidFill>
                       </a:ln>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="1">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
-              <wp14:sizeRelH relativeFrom="margin">
-[...2 lines deleted...]
-            </wp:anchor>
+            </wp:inline>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="3A458FBB" id="Gerader Verbinder 1" o:spid="_x0000_s1026" alt="Titel: Linie - Beschreibung:  " style="position:absolute;z-index:-251653120;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-width-relative:margin" from="85.15pt,99pt" to="538.7pt,99pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAF3k9m4wEAACMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0b+wESLcZcXpo0V6K&#10;LdjXXZGpWIC+QGmx8+9HyYlTbAOGDfVBFkW+R/KJ2tyN1rAjYNTetXy5qDkDJ32n3aHl374+3rzn&#10;LCbhOmG8g5afIPK77ds3myE0sPK9Nx0gIxIXmyG0vE8pNFUVZQ9WxIUP4MipPFqRyMRD1aEYiN2a&#10;alXXt9XgsQvoJcRIpw+Tk28Lv1Ig0yelIiRmWk61pbJiWfd5rbYb0RxQhF7LcxniP6qwQjtKOlM9&#10;iCTYD9S/UVkt0Uev0kJ6W3mltITSA3WzrH/p5ksvApReSJwYZpni69HKj8cdMt3R3XHmhKUregIU&#10;+VK+A+61yztydRAlycZIQp0MRT1rpyHLN4TYEMu92+HZimGHWYtRoc1/6pKNRfLTLDmMiUk6XL+7&#10;renjTF581RUYMKYn8JblTcuNdlkN0Yjjc0yUjEIvIfnYODa0/MN6tS5R0RvdPWpjsq8MFNwbZEdB&#10;o7A/rHLtRPAiiizj6DB3NPVQdulkYKL/DIqkoqqXU4I8pFdOISW4tDzzGkfRGaaoghlY/x14js9Q&#10;KAP8L+AZUTJ7l2aw1c7jn7Kn8VKymuIvCkx9Zwn2vjuV2y3S0CQW5c6vJo/6S7vAr297+xMAAP//&#10;AwBQSwMEFAAGAAgAAAAhAJyvYPbcAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj81Ow0AMhO9I&#10;vMPKSNzoBgokhGwqVNEbhxJ+zm7WJBFZb8hu0/D2uBIS3Dz2aPxNsZpdryYaQ+fZwOUiAUVce9tx&#10;Y+D1ZXORgQoR2WLvmQx8U4BVeXpSYG79gZ9pqmKjJIRDjgbaGIdc61C35DAs/EAstw8/Oowix0bb&#10;EQ8S7np9lSS32mHH8qHFgdYt1Z/V3hlY6vWWXLV9sjdTVj/qt6/3jUdjzs/mh3tQkeb4Z4YjvqBD&#10;KUw7v2cbVC86TZZileEuk1JHR5Km16B2vytdFvp/ifIHAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEABd5PZuMBAAAjBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAnK9g9twAAAAMAQAADwAAAAAAAAAAAAAAAAA9BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAEYFAAAAAA==&#10;" o:allowoverlap="f" strokecolor="#717776 [3214]">
+            <v:line w14:anchorId="6B70E06F" id="Gerader Verbinder 4" o:spid="_x0000_s1026" alt="Titel: vertikale Linie - Beschreibung: vertikale Linie" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="14.15pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHgi8S7AEAADoEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+xkW1EYcXpo0V6K&#10;LdjXXZGpWJi+QGlx8u9HyY5TdMOAFvNBlki+J/KRWt8crWEHwKi9a/lyUXMGTvpOu33Lv3+7f3fN&#10;WUzCdcJ4By0/QeQ3m7dv1kNoYOV7bzpARiQuNkNoeZ9SaKoqyh6siAsfwJFTebQi0RH3VYdiIHZr&#10;qlVdX1WDxy6glxAjWe9GJ98UfqVAps9KRUjMtJxyS2XFsu7yWm3WotmjCL2WUxriFVlYoR1dOlPd&#10;iSTYL9R/UFkt0Uev0kJ6W3mltIRSA1WzrJ9V87UXAUotJE4Ms0zx/9HKT4ctMt21/ANnTlhq0QOg&#10;yE35AbjTLu/I1UGUJBt1OumfwgB71E4DCaqTIcxzO8k6hNgQ+63b4nSKYYtZo6NCm/9UPTuWVpzm&#10;VsAxMUnG5XVNH2fy7KouuIAxPYC3LG9abrTLIolGHB5jorso9BySzcaxoeVX7z/WJSp6o7t7bUz2&#10;lTmDW4PsIGhCdvtVnggieBJFJ+PImAsaSyi7dDIw0n8BRQrmpMcL8uxeOIWU4NJy4jWOojNMUQYz&#10;cMrsX8ApPkOhzPVLwDOi3OxdmsFWO49/SzsdzymrMf6swFh3lmDnu1NpbpGGBrQoNz2m/AKengv8&#10;8uQ3vwEAAP//AwBQSwMEFAAGAAgAAAAhAN3dR3TWAAAAAQEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FPwzAMhe9I/IfISNxYSkHT1DWdEGI3LgyQOGaN11RrnNJ4bffv8bjAxdLTe37+XG7m0KkRh9RG&#10;MnC/yEAh1dG11Bj4eN/erUAltuRsFwkNnDHBprq+Km3h4kRvOO64UVJCqbAGPHNfaJ1qj8GmReyR&#10;xDvEIVgWOTTaDXaS8tDpPMuWOtiW5IK3PT57rI+7UxCM0X8xP+bZy5K25+/PTr8eJ23M7c38tAbF&#10;OPNfGC74sgOVMO3jiVxSnQF5hH+nePnqAdT+onRV6v/k1Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAB4IvEuwBAAA6BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEA3d1HdNYAAAABAQAADwAAAAAAAAAAAAAAAABGBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" strokecolor="white [3214]" strokeweight=".5pt">
               <v:stroke joinstyle="miter"/>
-              <w10:wrap anchorx="page" anchory="page"/>
               <w10:anchorlock/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="002C79F8" w:rsidRPr="002C79F8">
+    <w:r w:rsidR="002C79F8" w:rsidRPr="00EB240D">
       <w:rPr>
         <w:noProof/>
-        <w:lang w:eastAsia="de-DE"/>
-[...72 lines deleted...]
-        <w:noProof/>
+        <w:color w:val="727777"/>
         <w:lang w:eastAsia="de-DE"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="694EB4D4" wp14:editId="0B7C05EE">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251654144" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="337E4BC2" wp14:editId="71293DE6">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>399415</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>485775</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2059200" cy="597600"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="16" name="Grafik 16" descr="achteckige Schraube mit Schriftzug Technische Universität Dresden" title="Logo der TU Dresden"/>
+          <wp:docPr id="3" name="Grafik 3" descr="Logo. Schriftzug &quot;Technische Universität Dresden&quot;. Links davon befindet sich ein Achteck, das in zwei Bereiche aufgeteilt ist, die zusammen die Buchstaben &quot;T&quot; und &quot;U&quot; ergeben." title="Logo der TU Dresden"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="7" name="TU_Dresden_Logo-01.tif"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId2" cstate="print">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2059200" cy="597600"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="001A35AE" w:rsidRDefault="00711BE6" w:rsidP="005C5990">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:lang w:eastAsia="de-DE"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="54A36CAF" wp14:editId="1C8D62D2">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>-900430</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>3780790</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="180000" cy="0"/>
+              <wp:effectExtent l="0" t="0" r="29845" b="19050"/>
+              <wp:wrapNone/>
+              <wp:docPr id="2" name="Gerader Verbinder 2" descr="vertikale Line schwarz, 5 mm breit" title="Falzmarke"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvCnPr/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="180000" cy="0"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="line">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:ln w="6350">
+                        <a:solidFill>
+                          <a:schemeClr val="accent3"/>
+                        </a:solidFill>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:style>
+                      <a:lnRef idx="1">
+                        <a:schemeClr val="accent1"/>
+                      </a:lnRef>
+                      <a:fillRef idx="0">
+                        <a:schemeClr val="accent1"/>
+                      </a:fillRef>
+                      <a:effectRef idx="0">
+                        <a:schemeClr val="accent1"/>
+                      </a:effectRef>
+                      <a:fontRef idx="minor">
+                        <a:schemeClr val="tx1"/>
+                      </a:fontRef>
+                    </wps:style>
+                    <wps:bodyPr/>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:line w14:anchorId="78BF22B8" id="Gerader Verbinder 2" o:spid="_x0000_s1026" alt="Titel: Falzmarke - Beschreibung: vertikale Line schwarz, 5 mm breit" style="position:absolute;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-width-relative:margin" from="-70.9pt,297.7pt" to="-56.75pt,297.7pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAfoHOu/gEAAEsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB03mInRYvCiNNDi/RS&#10;bMG27q7IVCJUX6C0OOmvHyU7btENAzbMB1kSycfHR9rLm6M17AAYtXctn89qzsBJ32m3a/njt/XH&#10;a85iEq4Txjto+Qkiv1m9f7fsQwMLv/emA2QE4mLTh5bvUwpNVUW5ByvizAdwZFQerUh0xF3VoegJ&#10;3ZpqUddXVe+xC+glxEi3d4ORrwq+UiDTZ6UiJGZaTtxSWbGs27xWq6VodijCXsuRhvgHFlZoR0kn&#10;qDuRBPuB+hcoqyX66FWaSW8rr5SWUGqgaub1m2q+7kWAUguJE8MkU/x/sPLTYYNMdy1fcOaEpRbd&#10;A4rclO+AW+3yjkwdREmyUaeTfhIG2IN2wKhNvcDnD+ySWcu2CDqRxjoZglkL82wFPkHWuA+xoVS3&#10;boPjKYYNZsGOCm1+kxTsWPpymvoCx8QkXc6va3o4k2dT9RIXMKZ78JblTcsN0SqNEIeHmCgXuZ5d&#10;chrjWN/yq4vLunhFb3S31sZkWxk6uDXIDoLGRUgJLl1k+gTyypNOxtFlLmooo+zSycCQ4gsokjQT&#10;H5LkYX6LOx9xjSPvHKaIxRQ4svtT4OifQ6EM+t8ETxEls3dpCrbaefwd7XQ8U1aD/1mBoe4swdZ3&#10;p9LgIg1NbFFu/LryJ/H6XMJf/gGrnwAAAP//AwBQSwMEFAAGAAgAAAAhAPVnN1jhAAAADQEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj1FLwzAUhd8F/0O4gm9dGl1l1qZjKAqCD3NO8DFt7pqy5qY22Rb/&#10;vREEfbznHs75TrWMdmBHnHzvSIKY5cCQWqd76iRs3x6zBTAfFGk1OEIJX+hhWZ+fVarU7kSveNyE&#10;jqUQ8qWSYEIYS859a9AqP3MjUvrt3GRVSOfUcT2pUwq3A7/K8xtuVU+pwagR7w22+83BStjtrXh6&#10;eVCfzftzbD7WvkMTV1JeXsTVHbCAMfyZ4Qc/oUOdmBp3IO3ZICETc5HYg4TitpgDS5ZMiOsCWPMr&#10;8bri/1fU3wAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAfoHOu/gEAAEsEAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQD1ZzdY4QAAAA0BAAAPAAAA&#10;AAAAAAAAAAAAAFgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAZgUAAAAA&#10;" strokecolor="#009fe3 [3206]" strokeweight=".5pt">
+              <v:stroke joinstyle="miter"/>
+              <w10:wrap anchory="page"/>
+              <w10:anchorlock/>
+            </v:line>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidR="001A35AE">
+      <w:rPr>
+        <w:noProof/>
+        <w:lang w:eastAsia="de-DE"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="7714E5AE" wp14:editId="77BC4AC7">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>180340</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>5346700</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="180000" cy="0"/>
+              <wp:effectExtent l="0" t="0" r="29845" b="19050"/>
+              <wp:wrapNone/>
+              <wp:docPr id="8" name="Gerader Verbinder 8" descr="vertikale Linie" title="vertikale Linie"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvCnPr/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="180000" cy="0"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="line">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:ln w="6350">
+                        <a:solidFill>
+                          <a:schemeClr val="bg2"/>
+                        </a:solidFill>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:style>
+                      <a:lnRef idx="1">
+                        <a:schemeClr val="accent1"/>
+                      </a:lnRef>
+                      <a:fillRef idx="0">
+                        <a:schemeClr val="accent1"/>
+                      </a:fillRef>
+                      <a:effectRef idx="0">
+                        <a:schemeClr val="accent1"/>
+                      </a:effectRef>
+                      <a:fontRef idx="minor">
+                        <a:schemeClr val="tx1"/>
+                      </a:fontRef>
+                    </wps:style>
+                    <wps:bodyPr/>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:line w14:anchorId="0738465E" id="Gerader Verbinder 8" o:spid="_x0000_s1026" alt="Titel: vertikale Linie - Beschreibung: vertikale Linie" style="position:absolute;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-width-relative:margin" from="14.2pt,421pt" to="28.35pt,421pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCq2yoE7AEAADoEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+xkWFEYcXpo0V6K&#10;LdhH74pMJUL1BUqLnX8/SnacohsGbKgPskTyPZGP1PpmsIYdAaP2ruXLRc0ZOOk77fYt//H9/sM1&#10;ZzEJ1wnjHbT8BJHfbN6/W/ehgZU/eNMBMiJxselDyw8phaaqojyAFXHhAzhyKo9WJDrivupQ9MRu&#10;TbWq66uq99gF9BJiJOvd6OSbwq8UyPRFqQiJmZZTbqmsWNZdXqvNWjR7FOGg5ZSG+I8srNCOLp2p&#10;7kQS7Cfq36isluijV2khva28UlpCqYGqWdavqvl2EAFKLSRODLNM8e1o5efjFpnuWk6NcsJSix4A&#10;RW7KE+BOu7wjVwdRkmzU6aSfhQH2qJ0GElQnQ5jXdpK1D7Eh9lu3xekUwxazRoNCm/9UPRtKK05z&#10;K2BITJJxeV3Tx5k8u6oLLmBMD+Aty5uWG+2ySKIRx8eY6C4KPYdks3Gsb/nVx091iYre6O5eG5N9&#10;Zc7g1iA7CpqQ3X6VJ4IIXkTRyTgy5oLGEsounQyM9F9BkYI56fGCPLsXTiEluLSceI2j6AxTlMEM&#10;nDL7G3CKz1Aoc/0v4BlRbvYuzWCrncc/pZ2Gc8pqjD8rMNadJdj57lSaW6ShAS3KTY8pv4CX5wK/&#10;PPnNLwAAAP//AwBQSwMEFAAGAAgAAAAhAM7fJIraAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j8FOwzAMhu9IvENkJG4spRqlKk0nhNiNC2NIHLPGNNUSpzRZ2709RkKCo+3Pvz/Xm8U7MeEY+0AK&#10;blcZCKQ2mJ46Bfu37U0JIiZNRrtAqOCMETbN5UWtKxNmesVplzrBIRQrrcCmNFRSxtai13EVBiSe&#10;fYbR68Tl2Ekz6pnDvZN5lhXS6574gtUDPllsj7uTZ43JfqS0zrPngrbnr3cnX46zVOr6anl8AJFw&#10;SX8w/OjzDjTsdAgnMlE4BXm5ZlJByTEgGLgr7kEcfhuyqeX/D5pvAAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAKrbKgTsAQAAOgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAM7fJIraAAAACQEAAA8AAAAAAAAAAAAAAAAARgQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAABNBQAAAAA=&#10;" o:allowoverlap="f" strokecolor="white [3214]" strokeweight=".5pt">
+              <v:stroke joinstyle="miter"/>
+              <w10:wrap anchorx="page" anchory="page"/>
+              <w10:anchorlock/>
+            </v:line>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="FFFFFF7C"/>
-[...66 lines deleted...]
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF80"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="82D22DA4"/>
+    <w:tmpl w:val="EB5A8D9A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF81"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="F9C6B63A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1209"/>
+        </w:tabs>
+        <w:ind w:left="1209" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF82"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="D4E607AA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="926"/>
+        </w:tabs>
+        <w:ind w:left="926" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF83"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="D1AAF106"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="643"/>
+        </w:tabs>
+        <w:ind w:left="643" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF89"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="8E446350"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="FFFFFF81"/>
-[...1 lines deleted...]
-    <w:tmpl w:val="E78A25E0"/>
+    <w:nsid w:val="0A1751F4"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A8A66ABA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="none"/>
+      <w:pStyle w:val="4TUDKontaktangaben"/>
+      <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1209" w:hanging="360"/>
+        <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val="%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="227" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="454" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="681" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="908" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1135" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val="%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1362" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val="%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1589" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val="%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1816" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="FFFFFF82"/>
-[...1 lines deleted...]
-    <w:tmpl w:val="94A298A2"/>
+    <w:nsid w:val="1C5E085D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0407001D"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="1"/>
-[...75 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="04070011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="38A83302"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F3BC3692"/>
+    <w:lvl w:ilvl="0" w:tplc="E84086BC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="berschrift2"/>
+      <w:lvlText w:val="[%1]"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Open Sans SemiBold" w:hAnsi="Open Sans SemiBold" w:cs="Open Sans SemiBold" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0407000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3595,64 +3971,64 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="13FC5E3F"/>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="501E485E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="9F306D84"/>
-    <w:lvl w:ilvl="0" w:tplc="0407000D">
+    <w:tmpl w:val="F76468F6"/>
+    <w:lvl w:ilvl="0" w:tplc="04070001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -3708,1264 +4084,675 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
-[...676 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="5">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="8">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="9">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="10">
     <w:abstractNumId w:val="7"/>
-  </w:num>
-[...22 lines deleted...]
-    <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="10"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+  <w:zoom w:percent="100"/>
   <w:embedTrueTypeFonts/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="de-DE" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="de-DE" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="de-DE" w:vendorID="64" w:dllVersion="131078" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="131078" w:nlCheck="1" w:checkStyle="1"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
-  <w:stylePaneFormatFilter w:val="1024" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="709"/>
+  <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="81921"/>
+    <o:shapedefaults v:ext="edit" spidmax="10241"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="005B78F0"/>
+    <w:rsidRoot w:val="005966B8"/>
     <w:rsid w:val="00002782"/>
+    <w:rsid w:val="000027DF"/>
     <w:rsid w:val="00004E20"/>
     <w:rsid w:val="00012EF6"/>
     <w:rsid w:val="00040036"/>
-    <w:rsid w:val="000547EE"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0007670B"/>
+    <w:rsid w:val="0004229D"/>
+    <w:rsid w:val="00050E1A"/>
+    <w:rsid w:val="00066448"/>
+    <w:rsid w:val="00080DA3"/>
+    <w:rsid w:val="000837A9"/>
+    <w:rsid w:val="00085C7C"/>
+    <w:rsid w:val="00086C13"/>
+    <w:rsid w:val="000935A8"/>
+    <w:rsid w:val="00095452"/>
+    <w:rsid w:val="000A3487"/>
     <w:rsid w:val="000B0B77"/>
-    <w:rsid w:val="000B2430"/>
-    <w:rsid w:val="00122898"/>
+    <w:rsid w:val="000B2C73"/>
+    <w:rsid w:val="000E2358"/>
+    <w:rsid w:val="000E71BA"/>
+    <w:rsid w:val="000F7C5E"/>
+    <w:rsid w:val="0010026E"/>
+    <w:rsid w:val="0010096B"/>
+    <w:rsid w:val="00104DF0"/>
+    <w:rsid w:val="00111D3F"/>
+    <w:rsid w:val="00124585"/>
     <w:rsid w:val="001248B5"/>
-    <w:rsid w:val="00127E6C"/>
-[...3 lines deleted...]
-    <w:rsid w:val="001B0B85"/>
+    <w:rsid w:val="0013600F"/>
+    <w:rsid w:val="00136259"/>
+    <w:rsid w:val="00190575"/>
+    <w:rsid w:val="0019361D"/>
+    <w:rsid w:val="00196168"/>
+    <w:rsid w:val="001A245A"/>
+    <w:rsid w:val="001A35AE"/>
+    <w:rsid w:val="001A5E9B"/>
     <w:rsid w:val="001C2D95"/>
     <w:rsid w:val="001C6AF9"/>
-    <w:rsid w:val="001D613F"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00201940"/>
+    <w:rsid w:val="001D4FE0"/>
+    <w:rsid w:val="001E245C"/>
+    <w:rsid w:val="00201FFC"/>
+    <w:rsid w:val="00204169"/>
     <w:rsid w:val="00204B4C"/>
-    <w:rsid w:val="00221E1F"/>
-    <w:rsid w:val="002347DF"/>
+    <w:rsid w:val="00212FB4"/>
+    <w:rsid w:val="002131FC"/>
+    <w:rsid w:val="0023597A"/>
+    <w:rsid w:val="0025298B"/>
+    <w:rsid w:val="0025331A"/>
     <w:rsid w:val="00261365"/>
+    <w:rsid w:val="00280F90"/>
+    <w:rsid w:val="00284EF7"/>
+    <w:rsid w:val="002913A4"/>
+    <w:rsid w:val="002A13FD"/>
     <w:rsid w:val="002A62F6"/>
     <w:rsid w:val="002A799B"/>
-    <w:rsid w:val="002B3CB7"/>
-[...1 lines deleted...]
-    <w:rsid w:val="002C51B3"/>
     <w:rsid w:val="002C79F8"/>
-    <w:rsid w:val="002E018B"/>
-    <w:rsid w:val="002E399D"/>
+    <w:rsid w:val="002C7ADB"/>
+    <w:rsid w:val="002E7CAC"/>
+    <w:rsid w:val="002F5196"/>
+    <w:rsid w:val="00301CDC"/>
     <w:rsid w:val="00302EE4"/>
+    <w:rsid w:val="00310E0C"/>
+    <w:rsid w:val="00314020"/>
     <w:rsid w:val="0031725B"/>
-    <w:rsid w:val="00325D63"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00350E5D"/>
+    <w:rsid w:val="0032533D"/>
+    <w:rsid w:val="00333C63"/>
+    <w:rsid w:val="00347CE5"/>
+    <w:rsid w:val="00352D0D"/>
+    <w:rsid w:val="0036019B"/>
+    <w:rsid w:val="00364B20"/>
     <w:rsid w:val="003662D4"/>
-    <w:rsid w:val="003742A3"/>
-    <w:rsid w:val="003A056F"/>
+    <w:rsid w:val="00375E82"/>
     <w:rsid w:val="003B6D92"/>
-    <w:rsid w:val="003C048A"/>
-    <w:rsid w:val="003C4C22"/>
+    <w:rsid w:val="003B7C4C"/>
     <w:rsid w:val="003D1C5E"/>
     <w:rsid w:val="003D5C0B"/>
     <w:rsid w:val="003D7E5C"/>
     <w:rsid w:val="003E5300"/>
     <w:rsid w:val="003E5E24"/>
-    <w:rsid w:val="003F1952"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00482B76"/>
+    <w:rsid w:val="003F7394"/>
+    <w:rsid w:val="00400830"/>
+    <w:rsid w:val="00414B63"/>
+    <w:rsid w:val="00421DB8"/>
+    <w:rsid w:val="00451855"/>
+    <w:rsid w:val="00451F59"/>
+    <w:rsid w:val="00453577"/>
+    <w:rsid w:val="00461032"/>
+    <w:rsid w:val="00462235"/>
+    <w:rsid w:val="00481371"/>
     <w:rsid w:val="00484A22"/>
-    <w:rsid w:val="004A0414"/>
+    <w:rsid w:val="00495103"/>
+    <w:rsid w:val="004975E2"/>
+    <w:rsid w:val="004B2E95"/>
+    <w:rsid w:val="004B37FE"/>
+    <w:rsid w:val="004D4803"/>
     <w:rsid w:val="004E2CF4"/>
     <w:rsid w:val="004E300C"/>
+    <w:rsid w:val="004E4D50"/>
     <w:rsid w:val="004E7D3D"/>
-    <w:rsid w:val="004F5015"/>
     <w:rsid w:val="005012DE"/>
-    <w:rsid w:val="00504078"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00510A43"/>
+    <w:rsid w:val="00511E70"/>
     <w:rsid w:val="00512155"/>
-    <w:rsid w:val="00540804"/>
-    <w:rsid w:val="00542562"/>
+    <w:rsid w:val="0053112C"/>
+    <w:rsid w:val="00547DF8"/>
     <w:rsid w:val="005517C0"/>
-    <w:rsid w:val="00576E4B"/>
+    <w:rsid w:val="00552953"/>
+    <w:rsid w:val="00552D51"/>
+    <w:rsid w:val="00564596"/>
+    <w:rsid w:val="00564B16"/>
+    <w:rsid w:val="00564B83"/>
+    <w:rsid w:val="00574F8B"/>
+    <w:rsid w:val="00576204"/>
     <w:rsid w:val="00577C66"/>
-    <w:rsid w:val="00596EFB"/>
-    <w:rsid w:val="005B78F0"/>
+    <w:rsid w:val="005878C7"/>
+    <w:rsid w:val="005966B8"/>
+    <w:rsid w:val="00596FC0"/>
+    <w:rsid w:val="005A0207"/>
+    <w:rsid w:val="005C29F8"/>
+    <w:rsid w:val="005C5990"/>
+    <w:rsid w:val="005D5726"/>
     <w:rsid w:val="005D5E63"/>
     <w:rsid w:val="005E49BA"/>
-    <w:rsid w:val="006105CE"/>
-    <w:rsid w:val="00626F84"/>
+    <w:rsid w:val="005E6EAF"/>
+    <w:rsid w:val="005F1280"/>
+    <w:rsid w:val="0060088B"/>
+    <w:rsid w:val="0061445B"/>
+    <w:rsid w:val="006255EA"/>
+    <w:rsid w:val="00640415"/>
+    <w:rsid w:val="0066050D"/>
     <w:rsid w:val="00670891"/>
     <w:rsid w:val="00673ABA"/>
     <w:rsid w:val="0067736C"/>
-    <w:rsid w:val="00683350"/>
+    <w:rsid w:val="00681E2C"/>
     <w:rsid w:val="00692740"/>
-    <w:rsid w:val="00693041"/>
-    <w:rsid w:val="006936B9"/>
     <w:rsid w:val="00697B5D"/>
+    <w:rsid w:val="006B1871"/>
+    <w:rsid w:val="006B3CA6"/>
     <w:rsid w:val="006B4F10"/>
-    <w:rsid w:val="006B7020"/>
+    <w:rsid w:val="006B62A4"/>
+    <w:rsid w:val="006B62DB"/>
     <w:rsid w:val="006C4317"/>
-    <w:rsid w:val="006D7488"/>
+    <w:rsid w:val="006D1E0C"/>
     <w:rsid w:val="006E4761"/>
+    <w:rsid w:val="006F0606"/>
+    <w:rsid w:val="006F402A"/>
+    <w:rsid w:val="006F50E0"/>
     <w:rsid w:val="006F69B0"/>
     <w:rsid w:val="00702BA8"/>
-    <w:rsid w:val="00715E31"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00724FC0"/>
+    <w:rsid w:val="007066F4"/>
+    <w:rsid w:val="00711BE6"/>
+    <w:rsid w:val="00720F8A"/>
+    <w:rsid w:val="007237C0"/>
     <w:rsid w:val="007315A6"/>
-    <w:rsid w:val="00735FBA"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00767814"/>
+    <w:rsid w:val="00731D0C"/>
+    <w:rsid w:val="00735EB4"/>
+    <w:rsid w:val="00745BC5"/>
+    <w:rsid w:val="0075547D"/>
+    <w:rsid w:val="00764253"/>
+    <w:rsid w:val="00772FCE"/>
     <w:rsid w:val="00774F2B"/>
-    <w:rsid w:val="00797ABE"/>
-[...6 lines deleted...]
-    <w:rsid w:val="008043BA"/>
+    <w:rsid w:val="0077661B"/>
+    <w:rsid w:val="00783FB7"/>
+    <w:rsid w:val="007A5A7C"/>
+    <w:rsid w:val="007B1951"/>
+    <w:rsid w:val="007B5DEB"/>
+    <w:rsid w:val="007D2BE7"/>
+    <w:rsid w:val="007E6931"/>
+    <w:rsid w:val="007F0332"/>
+    <w:rsid w:val="00806205"/>
+    <w:rsid w:val="00807650"/>
     <w:rsid w:val="00813AC4"/>
     <w:rsid w:val="008275E3"/>
-    <w:rsid w:val="00840FB6"/>
-    <w:rsid w:val="008450E3"/>
+    <w:rsid w:val="008461BA"/>
+    <w:rsid w:val="00853531"/>
     <w:rsid w:val="00865AAF"/>
-    <w:rsid w:val="008741B2"/>
+    <w:rsid w:val="008673BC"/>
     <w:rsid w:val="008801C7"/>
+    <w:rsid w:val="00894A47"/>
+    <w:rsid w:val="0089771D"/>
     <w:rsid w:val="008A4FE0"/>
-    <w:rsid w:val="008C335B"/>
-    <w:rsid w:val="008F1F8A"/>
+    <w:rsid w:val="008D0D49"/>
+    <w:rsid w:val="008E40D9"/>
     <w:rsid w:val="0090090A"/>
-    <w:rsid w:val="00900AC3"/>
+    <w:rsid w:val="0090193E"/>
+    <w:rsid w:val="009033D1"/>
     <w:rsid w:val="009075A4"/>
+    <w:rsid w:val="0091256A"/>
     <w:rsid w:val="00920C5C"/>
     <w:rsid w:val="0093653F"/>
-    <w:rsid w:val="009401DB"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00956004"/>
+    <w:rsid w:val="00947D7E"/>
+    <w:rsid w:val="009517AF"/>
+    <w:rsid w:val="00957AEC"/>
     <w:rsid w:val="00957D7C"/>
     <w:rsid w:val="00957E5A"/>
-    <w:rsid w:val="00992754"/>
+    <w:rsid w:val="00965CEA"/>
+    <w:rsid w:val="00967C29"/>
+    <w:rsid w:val="009721B6"/>
+    <w:rsid w:val="0098209A"/>
+    <w:rsid w:val="00995ADD"/>
     <w:rsid w:val="00997732"/>
-    <w:rsid w:val="009A1770"/>
+    <w:rsid w:val="009A245D"/>
     <w:rsid w:val="009A5CC3"/>
+    <w:rsid w:val="009B4367"/>
     <w:rsid w:val="009B47A1"/>
-    <w:rsid w:val="009D14AC"/>
-    <w:rsid w:val="009D493D"/>
+    <w:rsid w:val="009B776B"/>
+    <w:rsid w:val="009B78FF"/>
+    <w:rsid w:val="009D2DD0"/>
+    <w:rsid w:val="009D32D8"/>
+    <w:rsid w:val="009D3730"/>
     <w:rsid w:val="009D6115"/>
-    <w:rsid w:val="009E0FED"/>
+    <w:rsid w:val="009D63C7"/>
+    <w:rsid w:val="009E3324"/>
+    <w:rsid w:val="009F2D48"/>
+    <w:rsid w:val="009F4647"/>
+    <w:rsid w:val="009F613D"/>
     <w:rsid w:val="009F727A"/>
-    <w:rsid w:val="009F76DE"/>
-    <w:rsid w:val="00A11747"/>
+    <w:rsid w:val="009F7B45"/>
+    <w:rsid w:val="00A20D9E"/>
+    <w:rsid w:val="00A21CE0"/>
+    <w:rsid w:val="00A23C12"/>
+    <w:rsid w:val="00A326F2"/>
     <w:rsid w:val="00A33529"/>
-    <w:rsid w:val="00A45F7E"/>
+    <w:rsid w:val="00A3772D"/>
     <w:rsid w:val="00A6088B"/>
-    <w:rsid w:val="00A63C4B"/>
     <w:rsid w:val="00A675AF"/>
     <w:rsid w:val="00A77480"/>
     <w:rsid w:val="00A77B7B"/>
     <w:rsid w:val="00A844C7"/>
-    <w:rsid w:val="00A84EE5"/>
-    <w:rsid w:val="00AA01FE"/>
+    <w:rsid w:val="00A94F30"/>
+    <w:rsid w:val="00A974AF"/>
     <w:rsid w:val="00AA1040"/>
-    <w:rsid w:val="00AA1D96"/>
+    <w:rsid w:val="00AA4E3E"/>
+    <w:rsid w:val="00AB7889"/>
     <w:rsid w:val="00AC78CF"/>
     <w:rsid w:val="00AD2D3C"/>
-    <w:rsid w:val="00AD3553"/>
+    <w:rsid w:val="00AD60DB"/>
+    <w:rsid w:val="00AD610A"/>
+    <w:rsid w:val="00AF02E1"/>
     <w:rsid w:val="00AF184C"/>
-    <w:rsid w:val="00B03D86"/>
+    <w:rsid w:val="00AF7A82"/>
+    <w:rsid w:val="00B11369"/>
+    <w:rsid w:val="00B1702F"/>
     <w:rsid w:val="00B21E61"/>
     <w:rsid w:val="00B31494"/>
-    <w:rsid w:val="00B457C5"/>
+    <w:rsid w:val="00B4450B"/>
     <w:rsid w:val="00B5533B"/>
-    <w:rsid w:val="00B5542C"/>
     <w:rsid w:val="00B6751D"/>
-    <w:rsid w:val="00B75AD5"/>
-    <w:rsid w:val="00B760C2"/>
+    <w:rsid w:val="00B72E3C"/>
+    <w:rsid w:val="00B7775F"/>
+    <w:rsid w:val="00B85F8F"/>
+    <w:rsid w:val="00B869B7"/>
+    <w:rsid w:val="00B91AB7"/>
+    <w:rsid w:val="00B932DD"/>
     <w:rsid w:val="00BA06E5"/>
-    <w:rsid w:val="00BB0584"/>
+    <w:rsid w:val="00BA3EB4"/>
     <w:rsid w:val="00BB323A"/>
     <w:rsid w:val="00BB65E4"/>
-    <w:rsid w:val="00BC605D"/>
+    <w:rsid w:val="00BC329C"/>
     <w:rsid w:val="00BD17DF"/>
+    <w:rsid w:val="00BD1857"/>
     <w:rsid w:val="00BD25A5"/>
+    <w:rsid w:val="00BD2D8F"/>
+    <w:rsid w:val="00BE048A"/>
     <w:rsid w:val="00BF30EE"/>
-    <w:rsid w:val="00BF3A44"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00C347E6"/>
+    <w:rsid w:val="00BF4DF1"/>
+    <w:rsid w:val="00C00E88"/>
+    <w:rsid w:val="00C207EB"/>
+    <w:rsid w:val="00C26B8C"/>
     <w:rsid w:val="00C3629C"/>
+    <w:rsid w:val="00C40DE6"/>
+    <w:rsid w:val="00C7603C"/>
     <w:rsid w:val="00C77373"/>
     <w:rsid w:val="00C8175E"/>
-    <w:rsid w:val="00C81E0E"/>
     <w:rsid w:val="00C93ED1"/>
-    <w:rsid w:val="00CB1D76"/>
+    <w:rsid w:val="00CA41FE"/>
+    <w:rsid w:val="00CA56C5"/>
+    <w:rsid w:val="00CA77A7"/>
     <w:rsid w:val="00CB5D69"/>
     <w:rsid w:val="00CC2C1F"/>
+    <w:rsid w:val="00CD3382"/>
     <w:rsid w:val="00CD43FB"/>
-    <w:rsid w:val="00CE1737"/>
-    <w:rsid w:val="00D04FF1"/>
+    <w:rsid w:val="00CF31BB"/>
     <w:rsid w:val="00D077E4"/>
-    <w:rsid w:val="00D22ECF"/>
     <w:rsid w:val="00D34F0E"/>
     <w:rsid w:val="00D406D9"/>
-    <w:rsid w:val="00D55917"/>
+    <w:rsid w:val="00D45B58"/>
+    <w:rsid w:val="00D53607"/>
     <w:rsid w:val="00D67182"/>
-    <w:rsid w:val="00D748CD"/>
+    <w:rsid w:val="00D75BCC"/>
+    <w:rsid w:val="00D8788E"/>
+    <w:rsid w:val="00D95643"/>
     <w:rsid w:val="00D95672"/>
     <w:rsid w:val="00DB0F70"/>
-    <w:rsid w:val="00DC6DBB"/>
+    <w:rsid w:val="00DB277B"/>
+    <w:rsid w:val="00DC2174"/>
     <w:rsid w:val="00DD2F56"/>
-    <w:rsid w:val="00DD74D3"/>
+    <w:rsid w:val="00DD735E"/>
     <w:rsid w:val="00DF72FD"/>
+    <w:rsid w:val="00E05726"/>
     <w:rsid w:val="00E11073"/>
-    <w:rsid w:val="00E27170"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00E42A6F"/>
+    <w:rsid w:val="00E15E87"/>
+    <w:rsid w:val="00E26C8D"/>
     <w:rsid w:val="00E47558"/>
     <w:rsid w:val="00E64FF9"/>
-    <w:rsid w:val="00E82E3B"/>
-    <w:rsid w:val="00E84459"/>
+    <w:rsid w:val="00E7108C"/>
     <w:rsid w:val="00E87128"/>
-    <w:rsid w:val="00E95F34"/>
+    <w:rsid w:val="00E87162"/>
+    <w:rsid w:val="00E9618C"/>
     <w:rsid w:val="00EA5D52"/>
+    <w:rsid w:val="00EB240D"/>
+    <w:rsid w:val="00EB2759"/>
     <w:rsid w:val="00EC0DB3"/>
     <w:rsid w:val="00EC20CA"/>
-    <w:rsid w:val="00ED0AFC"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00F00F0E"/>
+    <w:rsid w:val="00EC64E6"/>
+    <w:rsid w:val="00ED3419"/>
+    <w:rsid w:val="00EE5AE1"/>
+    <w:rsid w:val="00EE6FA5"/>
+    <w:rsid w:val="00EF1456"/>
     <w:rsid w:val="00F15FF5"/>
-    <w:rsid w:val="00F41184"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00F855B2"/>
+    <w:rsid w:val="00F21137"/>
+    <w:rsid w:val="00F256EC"/>
+    <w:rsid w:val="00F325C4"/>
+    <w:rsid w:val="00F83E6F"/>
+    <w:rsid w:val="00F90013"/>
+    <w:rsid w:val="00F91EF5"/>
+    <w:rsid w:val="00FB61E2"/>
+    <w:rsid w:val="00FE2577"/>
+    <w:rsid w:val="00FE4C3F"/>
     <w:rsid w:val="00FE5DE5"/>
+    <w:rsid w:val="00FF7441"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="81921"/>
+    <o:shapedefaults v:ext="edit" spidmax="10241"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="358104C9"/>
+  <w14:docId w14:val="0479A773"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{D9A41F63-3DB1-48DF-9A81-CC003968AD1E}"/>
+  <w15:docId w15:val="{F325A6FA-66D7-4BB2-A665-801FCF8C8F10}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Open Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Open Sans" w:cstheme="minorBidi"/>
         <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 1" w:uiPriority="9"/>
-[...1 lines deleted...]
-    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="3"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="3"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...21 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:uiPriority="11" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:uiPriority="11" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:uiPriority="11" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:uiPriority="11" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:uiPriority="11" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:uiPriority="11" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:uiPriority="11" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:uiPriority="11" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:uiPriority="11" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="10" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="10" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="10" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="10" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="10" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="10" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="10" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="10" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="10" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:uiPriority="11" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...1 lines deleted...]
-    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:uiPriority="11" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="5" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:uiPriority="10" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:uiPriority="11" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:uiPriority="7" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:uiPriority="7" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:uiPriority="7" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:uiPriority="7" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:uiPriority="7" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Title" w:semiHidden="1" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="2" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Subtitle" w:uiPriority="11"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="2"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:uiPriority="11" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
-    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-[...1 lines deleted...]
-    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="7" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="8" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="8" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -5000,57 +4787,57 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
-[...5 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="8" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="8" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="8" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="8" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="1" w:uiPriority="2" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="10" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -5111,125 +4898,227 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00BF5A41"/>
+    <w:rsid w:val="009033D1"/>
     <w:pPr>
-      <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="4876"/>
+      </w:tabs>
+      <w:spacing w:after="240" w:line="240" w:lineRule="atLeast"/>
+      <w:textboxTightWrap w:val="allLines"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
     <w:link w:val="berschrift1Zchn"/>
-    <w:uiPriority w:val="5"/>
-    <w:rsid w:val="00540804"/>
+    <w:uiPriority w:val="3"/>
+    <w:rsid w:val="0025298B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="240" w:after="360" w:line="320" w:lineRule="exact"/>
+      <w:spacing w:before="480" w:after="120"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Open Sans"/>
       <w:b/>
-      <w:sz w:val="28"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="berschrift1"/>
     <w:next w:val="Standard"/>
     <w:link w:val="berschrift2Zchn"/>
-    <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00504078"/>
+    <w:uiPriority w:val="3"/>
+    <w:rsid w:val="00681E2C"/>
     <w:pPr>
-      <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-      <w:spacing w:after="240" w:line="280" w:lineRule="exact"/>
+      <w:numPr>
+        <w:numId w:val="10"/>
+      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4876"/>
+        <w:tab w:val="left" w:pos="284"/>
+      </w:tabs>
+      <w:spacing w:before="0" w:after="60"/>
+      <w:ind w:left="284" w:hanging="284"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:color w:val="00305E" w:themeColor="text2"/>
-[...1 lines deleted...]
-      <w:szCs w:val="26"/>
+      <w:rFonts w:cs="Open Sans SemiBold"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift3">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="Standard"/>
+    <w:basedOn w:val="berschrift2"/>
     <w:next w:val="Standard"/>
     <w:link w:val="berschrift3Zchn"/>
-    <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="00BF5A41"/>
+    <w:rsid w:val="005A0207"/>
     <w:pPr>
-      <w:keepNext/>
-[...2 lines deleted...]
-      <w:spacing w:after="240"/>
+      <w:numPr>
+        <w:numId w:val="0"/>
+      </w:numPr>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:cs="Open Sans"/>
+      <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="berschrift4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="berschrift1"/>
+    <w:next w:val="Standard"/>
+    <w:link w:val="berschrift4Zchn"/>
+    <w:uiPriority w:val="3"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00AF7A82"/>
+    <w:pPr>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="berschrift5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="berschrift4"/>
+    <w:next w:val="Standard"/>
+    <w:link w:val="berschrift5Zchn"/>
+    <w:uiPriority w:val="3"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00AF7A82"/>
+    <w:pPr>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Open Sans SemiBold" w:hAnsi="Open Sans SemiBold" w:cs="Open Sans SemiBold"/>
+      <w:b w:val="0"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="berschrift6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="berschrift4"/>
+    <w:next w:val="Standard"/>
+    <w:link w:val="berschrift6Zchn"/>
+    <w:uiPriority w:val="3"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00AF7A82"/>
+    <w:pPr>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="berschrift7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="berschrift6"/>
+    <w:next w:val="Standard"/>
+    <w:link w:val="berschrift7Zchn"/>
+    <w:uiPriority w:val="3"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00AF7A82"/>
+    <w:pPr>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Open Sans SemiBold" w:hAnsi="Open Sans SemiBold" w:cs="Open Sans SemiBold"/>
+      <w:b w:val="0"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="berschrift8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="berschrift7"/>
+    <w:next w:val="Standard"/>
+    <w:link w:val="berschrift8Zchn"/>
+    <w:uiPriority w:val="3"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00AF7A82"/>
+    <w:pPr>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="berschrift9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="berschrift8"/>
+    <w:next w:val="Standard"/>
+    <w:link w:val="berschrift9Zchn"/>
+    <w:uiPriority w:val="3"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00AF7A82"/>
+    <w:pPr>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
     <w:name w:val="No List"/>
@@ -5238,633 +5127,949 @@
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sprechblasentext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Standard"/>
     <w:link w:val="SprechblasentextZchn"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BB65E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SprechblasentextZchn">
     <w:name w:val="Sprechblasentext Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Sprechblasentext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00BB65E4"/>
+    <w:rsid w:val="005F1280"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="berschrift1Zchn">
     <w:name w:val="Überschrift 1 Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="berschrift1"/>
-    <w:uiPriority w:val="5"/>
-    <w:rsid w:val="00540804"/>
+    <w:uiPriority w:val="3"/>
+    <w:rsid w:val="0025298B"/>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Open Sans"/>
       <w:b/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="28"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="berschrift2Zchn">
     <w:name w:val="Überschrift 2 Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="berschrift2"/>
-    <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00504078"/>
+    <w:uiPriority w:val="3"/>
+    <w:rsid w:val="00681E2C"/>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Open Sans SemiBold"/>
       <w:b/>
-      <w:color w:val="00305E" w:themeColor="text2"/>
-[...2 lines deleted...]
-      <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Kursiv">
     <w:name w:val="Kursiv"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00670891"/>
     <w:rPr>
       <w:i/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Querbalken2Ebene">
-[...3 lines deleted...]
-    <w:uiPriority w:val="3"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1TUDabsendendeStruktureinheit">
+    <w:name w:val="1_TUD_absendende Struktureinheit"/>
+    <w:basedOn w:val="Standard"/>
+    <w:link w:val="1TUDabsendendeStruktureinheitZchn"/>
+    <w:uiPriority w:val="6"/>
     <w:qFormat/>
-    <w:rsid w:val="00577C66"/>
+    <w:rsid w:val="009033D1"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+    </w:pPr>
     <w:rPr>
-      <w:color w:val="717776" w:themeColor="background2"/>
+      <w:rFonts w:ascii="Open Sans SemiBold" w:hAnsi="Open Sans SemiBold" w:cs="Open Sans SemiBold"/>
+      <w:noProof/>
+      <w:color w:val="727277" w:themeColor="text2"/>
       <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellenraster">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="NormaleTabelle"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00DF72FD"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bearbeiterdaten">
-    <w:name w:val="Bearbeiterdaten"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2TUDAdressfeldTUD">
+    <w:name w:val="2_TUD_Adressfeld_TUD"/>
     <w:basedOn w:val="Standard"/>
-    <w:link w:val="BearbeiterdatenZchn"/>
-    <w:uiPriority w:val="3"/>
+    <w:link w:val="2TUDAdressfeldTUDZchn"/>
+    <w:uiPriority w:val="6"/>
     <w:qFormat/>
-    <w:rsid w:val="00F00F0E"/>
+    <w:rsid w:val="009033D1"/>
     <w:pPr>
-      <w:tabs>
-[...4 lines deleted...]
-      <w:contextualSpacing/>
+      <w:spacing w:before="600" w:after="480"/>
     </w:pPr>
     <w:rPr>
-      <w:spacing w:val="4"/>
+      <w:color w:val="727277" w:themeColor="text2"/>
       <w:sz w:val="14"/>
       <w:szCs w:val="14"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Datumszeile">
-[...3 lines deleted...]
-    <w:uiPriority w:val="4"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3TUDAdressfeldAnschrift">
+    <w:name w:val="3_TUD_Adressfeld_Anschrift"/>
+    <w:basedOn w:val="Standard"/>
+    <w:link w:val="3TUDAdressfeldAnschriftZchn"/>
+    <w:uiPriority w:val="6"/>
     <w:qFormat/>
-    <w:rsid w:val="006105CE"/>
+    <w:rsid w:val="00414B63"/>
     <w:pPr>
-      <w:spacing w:before="220"/>
-      <w:jc w:val="right"/>
+      <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="20"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="2TUDAdressfeldTUDZchn">
+    <w:name w:val="2_TUD_Adressfeld_TUD Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="2TUDAdressfeldTUD"/>
+    <w:uiPriority w:val="6"/>
+    <w:rsid w:val="009033D1"/>
+    <w:rPr>
+      <w:color w:val="727277" w:themeColor="text2"/>
+      <w:sz w:val="14"/>
+      <w:szCs w:val="14"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4TUDKontaktangaben">
+    <w:name w:val="4_TUD_Kontaktangaben"/>
+    <w:basedOn w:val="2TUDAdressfeldTUD"/>
+    <w:link w:val="4TUDKontaktangabenZchn"/>
+    <w:uiPriority w:val="6"/>
+    <w:qFormat/>
+    <w:rsid w:val="00995ADD"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="3"/>
+      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4876"/>
+        <w:tab w:val="left" w:pos="993"/>
+      </w:tabs>
+      <w:spacing w:before="840" w:after="600"/>
+      <w:ind w:left="-992" w:firstLine="992"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="3TUDAdressfeldAnschriftZchn">
+    <w:name w:val="3_TUD_Adressfeld_Anschrift Zchn"/>
+    <w:basedOn w:val="2TUDAdressfeldTUDZchn"/>
+    <w:link w:val="3TUDAdressfeldAnschrift"/>
+    <w:uiPriority w:val="6"/>
+    <w:rsid w:val="00414B63"/>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fett">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00D34F0E"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Querbalken1Ebenefett">
-[...12 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="Kopfzeile">
     <w:name w:val="header"/>
     <w:basedOn w:val="Standard"/>
     <w:link w:val="KopfzeileZchn"/>
-    <w:uiPriority w:val="99"/>
+    <w:uiPriority w:val="13"/>
     <w:semiHidden/>
     <w:rsid w:val="00702BA8"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KopfzeileZchn">
     <w:name w:val="Kopfzeile Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Kopfzeile"/>
-    <w:uiPriority w:val="99"/>
+    <w:uiPriority w:val="13"/>
     <w:semiHidden/>
-    <w:rsid w:val="00A77B7B"/>
+    <w:rsid w:val="005F1280"/>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Fuzeile">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Standard"/>
     <w:link w:val="FuzeileZchn"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00702BA8"/>
+    <w:rsid w:val="0023597A"/>
     <w:pPr>
-      <w:tabs>
-[...3 lines deleted...]
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+      <w:jc w:val="right"/>
     </w:pPr>
+    <w:rPr>
+      <w:color w:val="808080" w:themeColor="background2" w:themeShade="80"/>
+      <w:sz w:val="14"/>
+      <w:szCs w:val="14"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
     <w:name w:val="Fußzeile Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Fuzeile"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00A77B7B"/>
+    <w:rsid w:val="0023597A"/>
     <w:rPr>
-      <w:color w:val="000000" w:themeColor="text1"/>
-[...25 lines deleted...]
-      <w:spacing w:val="4"/>
+      <w:color w:val="808080" w:themeColor="background2" w:themeShade="80"/>
       <w:sz w:val="14"/>
       <w:szCs w:val="14"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SeitenzahlenZchn">
-[...4 lines deleted...]
-    <w:rsid w:val="006105CE"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="4TUDKontaktangabenZchn">
+    <w:name w:val="4_TUD_Kontaktangaben Zchn"/>
+    <w:basedOn w:val="2TUDAdressfeldTUDZchn"/>
+    <w:link w:val="4TUDKontaktangaben"/>
+    <w:uiPriority w:val="6"/>
+    <w:rsid w:val="00995ADD"/>
     <w:rPr>
-      <w:rFonts w:ascii="Open Sans Light" w:hAnsi="Open Sans Light"/>
-[...12 lines deleted...]
-      <w:spacing w:val="4"/>
+      <w:color w:val="009FE3" w:themeColor="accent3"/>
       <w:sz w:val="14"/>
       <w:szCs w:val="14"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Querbalken2EbeneZchn">
-[...4 lines deleted...]
-    <w:rsid w:val="003D7E5C"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="1TUDabsendendeStruktureinheitZchn">
+    <w:name w:val="1_TUD_absendende Struktureinheit Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="1TUDabsendendeStruktureinheit"/>
+    <w:uiPriority w:val="6"/>
+    <w:rsid w:val="009033D1"/>
     <w:rPr>
-      <w:color w:val="717776" w:themeColor="background2"/>
-      <w:spacing w:val="4"/>
+      <w:rFonts w:ascii="Open Sans SemiBold" w:hAnsi="Open Sans SemiBold" w:cs="Open Sans SemiBold"/>
+      <w:noProof/>
+      <w:color w:val="727277" w:themeColor="text2"/>
       <w:sz w:val="18"/>
-      <w:szCs w:val="14"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Listenabsatz">
-    <w:name w:val="List Paragraph"/>
+  <w:style w:type="paragraph" w:styleId="Beschriftung">
+    <w:name w:val="caption"/>
     <w:basedOn w:val="Standard"/>
-    <w:uiPriority w:val="34"/>
+    <w:next w:val="Standard"/>
+    <w:uiPriority w:val="5"/>
     <w:qFormat/>
-    <w:rsid w:val="00540804"/>
+    <w:rsid w:val="009033D1"/>
     <w:pPr>
-      <w:spacing w:line="276" w:lineRule="auto"/>
-[...1 lines deleted...]
-      <w:contextualSpacing/>
+      <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="727277" w:themeColor="text2"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
-[...1 lines deleted...]
-    <w:rsid w:val="00C347E6"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift3Zchn">
+    <w:name w:val="Überschrift 3 Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="berschrift3"/>
+    <w:uiPriority w:val="3"/>
+    <w:rsid w:val="00462235"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Open Sans SemiBold" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Open Sans SemiBold" w:cs="Open Sans"/>
+      <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift4Zchn">
+    <w:name w:val="Überschrift 4 Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="berschrift4"/>
+    <w:uiPriority w:val="3"/>
+    <w:rsid w:val="00AF7A82"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Open Sans"/>
+      <w:b/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="EinfacheTabelle2">
+    <w:name w:val="Plain Table 2"/>
+    <w:basedOn w:val="NormaleTabelle"/>
+    <w:uiPriority w:val="42"/>
+    <w:rsid w:val="00A21CE0"/>
     <w:pPr>
-      <w:autoSpaceDE w:val="0"/>
-[...1 lines deleted...]
-      <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5TUDBetreffzeile">
+    <w:name w:val="5_TUD_Betreffzeile"/>
+    <w:basedOn w:val="Standard"/>
+    <w:uiPriority w:val="6"/>
+    <w:qFormat/>
+    <w:rsid w:val="0025298B"/>
+    <w:pPr>
+      <w:spacing w:before="880"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Univers 45 Light" w:eastAsia="Times New Roman" w:hAnsi="Univers 45 Light" w:cs="Univers 45 Light"/>
-[...3 lines deleted...]
-      <w:lang w:eastAsia="de-DE"/>
+      <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C347E6"/>
+    <w:rsid w:val="009033D1"/>
     <w:rPr>
-      <w:color w:val="006AB3" w:themeColor="hyperlink"/>
-      <w:u w:val="single"/>
+      <w:b w:val="0"/>
+      <w:color w:val="0069B4" w:themeColor="accent2"/>
+      <w:u w:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift3Zchn">
-[...5 lines deleted...]
-    <w:rsid w:val="00BF5A41"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bild">
+    <w:name w:val="Bild"/>
+    <w:basedOn w:val="4TUDKontaktangaben"/>
+    <w:uiPriority w:val="5"/>
+    <w:qFormat/>
+    <w:rsid w:val="009033D1"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="60"/>
+      <w:ind w:left="0" w:firstLine="0"/>
+      <w:contextualSpacing w:val="0"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...3 lines deleted...]
-      <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TUDKontaktFubereichStandard">
+    <w:name w:val="TUD_Kontakt_Fußbereich Standard"/>
+    <w:basedOn w:val="Standard"/>
+    <w:uiPriority w:val="6"/>
+    <w:qFormat/>
+    <w:rsid w:val="009033D1"/>
+    <w:pPr>
+      <w:framePr w:wrap="around" w:vAnchor="page" w:hAnchor="margin" w:y="14573"/>
+      <w:spacing w:after="0" w:line="160" w:lineRule="exact"/>
+      <w:suppressOverlap/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="727277" w:themeColor="text2"/>
+      <w:spacing w:val="4"/>
+      <w:sz w:val="12"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TUDKontaktFussbereichberschriftH2">
+    <w:name w:val="TUD_Kontakt_Fussbereich_Überschrift_H2"/>
+    <w:basedOn w:val="TUDKontaktFubereichStandard"/>
+    <w:uiPriority w:val="6"/>
+    <w:qFormat/>
+    <w:rsid w:val="00204169"/>
+    <w:pPr>
+      <w:framePr w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:yAlign="inline"/>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:suppressOverlap w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Open Sans SemiBold" w:hAnsi="Open Sans SemiBold" w:cs="Open Sans SemiBold"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TUDKontaktberschrift">
+    <w:name w:val="TUD_Kontakt_Überschrift"/>
+    <w:basedOn w:val="Fuzeile"/>
+    <w:uiPriority w:val="6"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B2C73"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BesuchterLink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
-    <w:uiPriority w:val="99"/>
+    <w:uiPriority w:val="4"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B760C2"/>
+    <w:rsid w:val="002E7CAC"/>
     <w:rPr>
-      <w:color w:val="54378A" w:themeColor="followedHyperlink"/>
+      <w:color w:val="009FE3" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TUDKontaktFussbereichH1">
+    <w:name w:val="TUD_Kontakt_Fussbereich_H1"/>
+    <w:basedOn w:val="TUDKontaktFussbereichberschriftH2"/>
+    <w:uiPriority w:val="6"/>
+    <w:qFormat/>
+    <w:rsid w:val="00204169"/>
+    <w:rPr>
+      <w:i/>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift5Zchn">
+    <w:name w:val="Überschrift 5 Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="berschrift5"/>
+    <w:uiPriority w:val="3"/>
+    <w:rsid w:val="00AF7A82"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Open Sans SemiBold" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Open Sans SemiBold" w:cs="Open Sans SemiBold"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift6Zchn">
+    <w:name w:val="Überschrift 6 Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="berschrift6"/>
+    <w:uiPriority w:val="3"/>
+    <w:rsid w:val="00AF7A82"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Open Sans"/>
+      <w:b/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift7Zchn">
+    <w:name w:val="Überschrift 7 Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="berschrift7"/>
+    <w:uiPriority w:val="3"/>
+    <w:rsid w:val="00AF7A82"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Open Sans SemiBold" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Open Sans SemiBold" w:cs="Open Sans SemiBold"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift8Zchn">
+    <w:name w:val="Überschrift 8 Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="berschrift8"/>
+    <w:uiPriority w:val="3"/>
+    <w:rsid w:val="00AF7A82"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Open Sans"/>
+      <w:b/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift9Zchn">
+    <w:name w:val="Überschrift 9 Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="berschrift9"/>
+    <w:uiPriority w:val="3"/>
+    <w:rsid w:val="00AF7A82"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Open Sans SemiBold" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Open Sans SemiBold" w:cs="Open Sans SemiBold"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Farbe">
+    <w:name w:val="Farbe"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D53607"/>
+    <w:rPr>
+      <w:color w:val="FF0000"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hervorhebung">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00731D0C"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Kommentarzeichen">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F855B2"/>
+    <w:rsid w:val="00050E1A"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kommentartext">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Standard"/>
     <w:link w:val="KommentartextZchn"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F855B2"/>
+    <w:rsid w:val="00050E1A"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KommentartextZchn">
     <w:name w:val="Kommentartext Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Kommentartext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00F855B2"/>
+    <w:rsid w:val="00050E1A"/>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kommentarthema">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="Kommentartext"/>
     <w:next w:val="Kommentartext"/>
     <w:link w:val="KommentarthemaZchn"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F855B2"/>
+    <w:rsid w:val="00050E1A"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KommentarthemaZchn">
     <w:name w:val="Kommentarthema Zchn"/>
     <w:basedOn w:val="KommentartextZchn"/>
     <w:link w:val="Kommentarthema"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00F855B2"/>
+    <w:rsid w:val="00050E1A"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Platzhaltertext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00E95F34"/>
+    <w:rsid w:val="000027DF"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TabellemithellemGitternetz">
-    <w:name w:val="Grid Table Light"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PiktogrammeTUD">
+    <w:name w:val="Piktogramme_TUD"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="009033D1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="TUD-Iconfont Light" w:hAnsi="TUD-Iconfont Light"/>
+      <w:color w:val="0069B4" w:themeColor="accent2"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="Tabellenraster1">
+    <w:name w:val="Tabellenraster1"/>
     <w:basedOn w:val="NormaleTabelle"/>
-    <w:uiPriority w:val="40"/>
-    <w:rsid w:val="00F6740E"/>
+    <w:next w:val="Tabellenraster"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="005966B8"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
-  </w:style>
-[...10 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
-    <w:div w:id="82146603">
+    <w:div w:id="76832084">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="422607808">
+    <w:div w:id="290018247">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="570626061">
-[...12 lines deleted...]
-    <w:div w:id="592396952">
+    <w:div w:id="609751042">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="666634242">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="753743232">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="824659748">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1200048973">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1466847628">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1529249079">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="2051565056">
+    <w:div w:id="1612933383">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1778402200">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1998722191">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tu-dresden.de/tu-dresden/universitaetskultur/diversitaet-inklusion/ressourcen/dateien/inklusion/ACTIONPLAN_TU_Dresden_2017.pdf?lang=en" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.un.org/development/desa/disabilities/convention-on-the-rights-of-persons-with-disabilities/convention-on-the-rights-of-persons-with-disabilities-2.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hrk.de/fileadmin/_migrated/content_uploads/Mobility_Recommendations_of_HRK_April_2009.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:diversity.management@tu-dresden.de" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tu-dresden.de/tu-dresden/universitaetskultur/diversitaet-inklusion/inklusion/sondermittel-inklusion-2021?set_language=en" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tu-dresden.de/tu-dresden/universitaetskultur/diversitaet-inklusion/inklusion/sondermittel-inklusion-1/datenschutzerklaerung-antrag-sondermittel-inklusion-2021?set_language=en" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hrk.de/uploads/tx_szconvention/Entschliessung_HS_Alle.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:diversity.management@tu-dresden.de" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tu-dresden.de/tu-dresden/universitaetskultur/diversitaet-inklusion/ressourcen/dateien/inklusion/ausschreibung-sondermittel-inklusion-2020/Datenschutzerklaerung-Antrag-Sondermittel-Inklusion.pdf/at_download/file?lang=de" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tu-dresden.de/tu-dresden/universitaetskultur/diversitaet-inklusion/inklusion/sondermittel-inklusion-2022" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tu-dresden.de/tu-dresden/chancengleichheit/ressourcen/dateien/inklusion/Aktionsplan_TU_Dresden_2017.pdf?lang=de" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bmas.de/SharedDocs/Downloads/DE/PDF-Publikationen/a729-un-konvention.pdf?__blob=publicationFile&amp;v=2" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.odttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.odttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.odttf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font10.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.odttf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.odttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.odttf"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font12.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.odttf"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font11.odttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.odttf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font10.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.odttf"/></Relationships>
 </file>
 
-<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.tiff"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.tiff"/></Relationships>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.tiff"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\rthuemml\AppData\Local\Temp\Dokumentvorlage_ZUV-1.dotx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///G:\00_Sachgebiet%209.3%20Intern\Formulare_%20Vordrucke\Briefverkehr\Briefkopf%20PUK-neu.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
   <a:themeElements>
-    <a:clrScheme name="Benutzerdefiniert 1">
+    <a:clrScheme name="TUD_2021-08_grün">
       <a:dk1>
-        <a:sysClr val="windowText" lastClr="000000"/>
+        <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="00305E"/>
+        <a:srgbClr val="727277"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="717776"/>
+        <a:srgbClr val="FFFFFF"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="006AB3"/>
+        <a:srgbClr val="00305D"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="54378A"/>
+        <a:srgbClr val="0069B4"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="93107E"/>
+        <a:srgbClr val="009FE3"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="007D40"/>
+        <a:srgbClr val="008244"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="6AB023"/>
+        <a:srgbClr val="65B32E"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="EE7F00"/>
+        <a:srgbClr val="94C356"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="006AB3"/>
+        <a:srgbClr val="0069B4"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="54378A"/>
+        <a:srgbClr val="009FE3"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
@@ -6067,105 +6272,103 @@
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:configuration xmlns:c="http://ns.axespdf.com/word/configuration">
   <c:group id="Styles"/>
   <c:group id="Content">
     <c:group id="1">
       <c:property id="RoleID" type="string">FigureArtifact</c:property>
     </c:group>
     <c:group id="4">
       <c:property id="RoleID" type="string">FigureArtifact</c:property>
     </c:group>
     <c:group id="3">
       <c:property id="RoleID" type="string">FigureArtifact</c:property>
     </c:group>
     <c:group id="2">
       <c:property id="RoleID" type="string">FigureArtifact</c:property>
     </c:group>
-    <c:group id="3972378730">
+    <c:group id="58a372c5-c712-4885-8179-7c917d1590e0">
       <c:property id="RoleID" type="string">TableTable</c:property>
     </c:group>
-  </c:group>
-[...1 lines deleted...]
-    <c:property id="MagnificationFactor" type="float">100</c:property>
   </c:group>
 </c:configuration>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8AEFA3A9-5222-4483-A8DE-8DD13849B855}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5C1A11EA-6B3D-417B-8360-97566DA12664}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://ns.axespdf.com/word/configuration"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B2888545-7A82-4785-9C75-6FCA55E9A50B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A0850531-8B09-4A97-AE9C-C2F68771794F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Dokumentvorlage_ZUV-1.dotx</Template>
+  <Template>Briefkopf PUK-neu.dotx</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>384</Words>
-  <Characters>3557</Characters>
+  <Words>317</Words>
+  <Characters>3514</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>197</Lines>
-  <Paragraphs>65</Paragraphs>
+  <Lines>29</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Application Within the framework of the SMWS’s special inclusion funds 2021</vt:lpstr>
+      <vt:lpstr>TUD-Brief-Vorlage_ZUV_deutsch</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>TU Dresden</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3876</CharactersWithSpaces>
+  <CharactersWithSpaces>3824</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Antrag Ausschreibung Sondermittel Inklusion</dc:title>
-[...1 lines deleted...]
-  <dc:creator>Robert Thümmler</dc:creator>
+  <dc:title>TUD-Brief-Vorlage_ZUV_deutsch</dc:title>
+  <dc:subject>Briefvorlage</dc:subject>
+  <dc:creator>Anna Drum</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category>Vorlage</cp:category>
 </cp:coreProperties>
 </file>